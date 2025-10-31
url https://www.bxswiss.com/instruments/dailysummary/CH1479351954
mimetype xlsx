--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7ceaedf29184b40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb540961bc1c34e17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13be3f7dd34e4b87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9efa40a0b0d4cc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1b66e372dcf44bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13be3f7dd34e4b87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23b09e3535734ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9efa40a0b0d4cc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351954</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,475</x:t>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,515</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>09.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,495</x:t>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...354 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,465</x:t>
-[...107 lines deleted...]
-          <x:t>0,455</x:t>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
-[...26 lines deleted...]
-          <x:t>0,445</x:t>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>