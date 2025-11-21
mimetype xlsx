--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb540961bc1c34e17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc1db82d9ac94e11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9efa40a0b0d4cc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra471f2be325643ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23b09e3535734ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9efa40a0b0d4cc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca5d29ce49304c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra471f2be325643ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351954</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,465</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,465</x:t>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,465</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,455</x:t>
-[...112 lines deleted...]
-          <x:t>0,445</x:t>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>10.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>0,405</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>