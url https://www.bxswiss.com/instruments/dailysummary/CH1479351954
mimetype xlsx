--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc1db82d9ac94e11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56e9cf55c1b446f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra471f2be325643ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1e3894acc374b05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca5d29ce49304c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra471f2be325643ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re343ca5acf4c4232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1e3894acc374b05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351954</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,579</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>