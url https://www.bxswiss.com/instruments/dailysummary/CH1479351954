--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56e9cf55c1b446f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c7396c05d66452e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1e3894acc374b05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e9ce9c1065e454a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re343ca5acf4c4232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1e3894acc374b05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3060606bdbb14c67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e9ce9c1065e454a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351954</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>0,436</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,414</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>0,424</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,412</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>0,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,363</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,381</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>