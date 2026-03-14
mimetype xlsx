--- v4 (2026-01-11)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c7396c05d66452e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29a68a8812e0411d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e9ce9c1065e454a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd66624bce9a2446a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3060606bdbb14c67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e9ce9c1065e454a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9d2a44532824775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd66624bce9a2446a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351954</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,440</x:t>
-[...441 lines deleted...]
-          <x:t>0,273</x:t>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>