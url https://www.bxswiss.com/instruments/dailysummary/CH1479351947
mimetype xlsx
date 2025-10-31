--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79ee6bce3ce54093" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaddfe47c00a486d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf1c62a46f2a4e61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R453dbf0ba4834540"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aad1086da034d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf1c62a46f2a4e61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58aec4dae0824b1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R453dbf0ba4834540" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351947</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>0,295</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,285</x:t>
-[...97 lines deleted...]
-          <x:t>0,345</x:t>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,335</x:t>
-[...16 lines deleted...]
-          <x:t>0,385</x:t>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,365</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,405</x:t>
-[...198 lines deleted...]
-          <x:t>0,465</x:t>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>