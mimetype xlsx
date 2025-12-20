--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaddfe47c00a486d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0fa6adec3894561" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R453dbf0ba4834540"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87efa143b3fd46bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58aec4dae0824b1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R453dbf0ba4834540" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3fb1af3990c4698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87efa143b3fd46bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351947</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>0,415</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>0,645</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>