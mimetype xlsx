--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0fa6adec3894561" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68c81e1a55334ac1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87efa143b3fd46bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3eced0e65a804d52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3fb1af3990c4698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87efa143b3fd46bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb848fa95e6b48cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3eced0e65a804d52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351947</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,455</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,413</x:t>
-[...453 lines deleted...]
-          <x:t>0,470</x:t>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,567</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,525</x:t>
-[...107 lines deleted...]
-          <x:t>0,429</x:t>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>