--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68c81e1a55334ac1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R228d920fa0724f03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3eced0e65a804d52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R223145682cbd4514"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb848fa95e6b48cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3eced0e65a804d52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf13d4d192bd44c9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R223145682cbd4514" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351947</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,470</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>12.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,623</x:t>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,549</x:t>
-[...16 lines deleted...]
-          <x:t>0,567</x:t>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,525</x:t>
-[...6 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,499</x:t>
-        </x:is>
-[...337 lines deleted...]
-          <x:t>0,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>