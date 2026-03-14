--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R228d920fa0724f03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d058bc3ca98404e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R223145682cbd4514"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9da5f39712e14461"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf13d4d192bd44c9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R223145682cbd4514" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16f30674eda34720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9da5f39712e14461" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351947</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,491</x:t>
-[...630 lines deleted...]
-          <x:t>0,499</x:t>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>