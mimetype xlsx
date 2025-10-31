--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc984c78d24f4828" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36ec452b648a4342" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d9a7369e1bf4af2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R289f146151164895"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb95bbe7bc65f4e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d9a7369e1bf4af2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R023c6033b30a4d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R289f146151164895" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>0,335</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,335</x:t>
-[...11 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,405</x:t>
-[...102 lines deleted...]
-          <x:t>0,435</x:t>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,415</x:t>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>19.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,475</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...253 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,535</x:t>
-[...26 lines deleted...]
-          <x:t>0,505</x:t>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>