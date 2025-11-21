--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36ec452b648a4342" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8fc0d357f03486a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R289f146151164895"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2f333ff73914a7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R023c6033b30a4d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R289f146151164895" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d95ea40c9214d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2f333ff73914a7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>0,735</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>