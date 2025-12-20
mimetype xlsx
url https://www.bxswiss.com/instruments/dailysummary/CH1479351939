--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8fc0d357f03486a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf80ed4ea92d04905" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2f333ff73914a7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R391e34afb0ae4a42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d95ea40c9214d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2f333ff73914a7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7110803670a3496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R391e34afb0ae4a42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,485</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,475</x:t>
-[...11 lines deleted...]
-          <x:t>0,495</x:t>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,485</x:t>
-[...529 lines deleted...]
-          <x:t>0,501</x:t>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,447</x:t>
-[...58 lines deleted...]
-          <x:t>0,446</x:t>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>