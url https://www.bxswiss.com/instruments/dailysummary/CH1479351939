--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf80ed4ea92d04905" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re59ed681f3ba4713" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R391e34afb0ae4a42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9ae8bfc3ff44421"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7110803670a3496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R391e34afb0ae4a42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd126ea020a754910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9ae8bfc3ff44421" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,501</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,447</x:t>
-[...458 lines deleted...]
-          <x:t>0,546</x:t>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,661</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,615</x:t>
-[...107 lines deleted...]
-          <x:t>0,509</x:t>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>