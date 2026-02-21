--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re59ed681f3ba4713" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7118ff53212644d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9ae8bfc3ff44421"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46e8255b0a744061"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd126ea020a754910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9ae8bfc3ff44421" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5edd570068b744dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46e8255b0a744061" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>0,546</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,669</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>12.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,725</x:t>
-[...21 lines deleted...]
-          <x:t>0,641</x:t>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,599</x:t>
-[...26 lines deleted...]
-          <x:t>0,543</x:t>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>0,739</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>