--- v0 (2025-10-07)
+++ v1 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61290f1bc5a24281" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec0dc3b3ab044d68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra58b1531d6f94e4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63167b40a1654c0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra283aebb7a7444cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra58b1531d6f94e4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R046b58bea56b4c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63167b40a1654c0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351913</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,565</x:t>
-[...333 lines deleted...]
-          <x:t>0,585</x:t>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>