--- v1 (2025-11-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec0dc3b3ab044d68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9f48f421316461f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63167b40a1654c0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7681c9200ae142d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R046b58bea56b4c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63167b40a1654c0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86f6d2f94bd44cc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7681c9200ae142d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351913</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,535</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,525</x:t>
-[...107 lines deleted...]
-          <x:t>0,755</x:t>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...327 lines deleted...]
-          <x:t>17.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,705</x:t>
-[...117 lines deleted...]
-          <x:t>0,462</x:t>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>