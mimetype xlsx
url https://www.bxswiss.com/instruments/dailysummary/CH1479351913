--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9f48f421316461f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80340e769973440b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7681c9200ae142d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafbd1b995a6f4333"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86f6d2f94bd44cc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7681c9200ae142d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R271d10779b4846b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafbd1b995a6f4333" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351913</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,644</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,789</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>0,555</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,741</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,791</x:t>
-[...90 lines deleted...]
-          <x:t>0,863</x:t>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>