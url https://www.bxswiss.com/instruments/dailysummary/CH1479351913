--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80340e769973440b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a6230a973c946cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafbd1b995a6f4333"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1702b1a787a4891"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R271d10779b4846b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafbd1b995a6f4333" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R066b704ad2644af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1702b1a787a4891" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351913</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>0,683</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,703</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>26.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,689</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>28.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,719</x:t>
-[...468 lines deleted...]
-          <x:t>0,705</x:t>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>