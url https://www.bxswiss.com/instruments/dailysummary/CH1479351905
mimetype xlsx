--- v0 (2025-10-07)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3d4645ea7874a69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3036e2c666884eb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R479962e2a14c40e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30ac692c78b04668"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6aa877c69574074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R479962e2a14c40e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c3ae3228e0b40c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30ac692c78b04668" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>0,635</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,635</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...224 lines deleted...]
-          <x:t>0,695</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,625</x:t>
-[...4 lines deleted...]
-          <x:t>0,675</x:t>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>