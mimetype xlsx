--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3036e2c666884eb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9288933180d4e04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30ac692c78b04668"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18d3030a34b24962"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c3ae3228e0b40c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30ac692c78b04668" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra252fb818dba4342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18d3030a34b24962" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,746</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,734</x:t>
-[...308 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,847</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>1,001</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>