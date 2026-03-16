--- v2 (2026-02-22)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9288933180d4e04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcf03bf2df044c32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18d3030a34b24962"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1d001365cc64d05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra252fb818dba4342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18d3030a34b24962" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62ffd279cac848cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1d001365cc64d05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,747</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,689</x:t>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,813</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>0,923</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,827</x:t>
-[...539 lines deleted...]
-          <x:t>0,829</x:t>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>