--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c3c0570f3334d33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d0ea556f53b4c9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ff5ac9bc1ad4109"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f8e6ce139324367"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra01f632882f74c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ff5ac9bc1ad4109" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6369151b5e0403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f8e6ce139324367" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,615</x:t>
-[...26 lines deleted...]
-          <x:t>0,605</x:t>
+          <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,575</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>18.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,615</x:t>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,695</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,685</x:t>
-[...274 lines deleted...]
-          <x:t>0,765</x:t>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>