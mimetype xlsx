--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d0ea556f53b4c9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38649e10ea144c6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f8e6ce139324367"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05c3cb2df93445ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6369151b5e0403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f8e6ce139324367" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcea01e701471473b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05c3cb2df93445ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,715</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
-[...222 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,675</x:t>
-[...237 lines deleted...]
-          <x:t>0,735</x:t>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,715</x:t>
-[...139 lines deleted...]
-          <x:t>1,015</x:t>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>