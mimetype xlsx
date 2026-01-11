--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38649e10ea144c6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4a0dc731bd14a29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05c3cb2df93445ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17f68898001341eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcea01e701471473b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05c3cb2df93445ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9ae95e9546b47d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17f68898001341eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,794</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>0,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,862</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>