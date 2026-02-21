--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4a0dc731bd14a29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b6117bb4c6541d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17f68898001341eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8adc98bddea405a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9ae95e9546b47d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17f68898001341eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44c95f7960b84af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8adc98bddea405a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>1,011</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,945</x:t>
-[...43 lines deleted...]
-          <x:t>0,837</x:t>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,819</x:t>
-[...200 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,069</x:t>
-[...90 lines deleted...]
-          <x:t>1,159</x:t>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>