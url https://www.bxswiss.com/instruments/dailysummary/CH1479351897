--- v4 (2026-02-21)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b6117bb4c6541d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6a9598b3b634d6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8adc98bddea405a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R011d93a7a857447e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44c95f7960b84af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8adc98bddea405a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b8e39dcfbdd4e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R011d93a7a857447e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>