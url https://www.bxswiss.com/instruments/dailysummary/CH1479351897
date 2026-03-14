--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6a9598b3b634d6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda8f14eb71ce466f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R011d93a7a857447e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98375f00dfb44094"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b8e39dcfbdd4e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R011d93a7a857447e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cf498b552704c2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98375f00dfb44094" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,811</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,977</x:t>
-[...43 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>0,975</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>