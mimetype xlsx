--- v0 (2025-10-30)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8797fd062ef443dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reef0281363974b96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdea5d6ac9e748ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf39a6bc042604423"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14f41f22ebbd4bbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdea5d6ac9e748ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf548d06264ae499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf39a6bc042604423" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351889</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,785</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,745</x:t>
-[...16 lines deleted...]
-          <x:t>0,735</x:t>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
-[...571 lines deleted...]
-          <x:t>1,205</x:t>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>