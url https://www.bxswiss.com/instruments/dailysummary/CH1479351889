--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reef0281363974b96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6239aa9842549ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf39a6bc042604423"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fcb94aa87f344c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf548d06264ae499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf39a6bc042604423" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R900a0da3d6084484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fcb94aa87f344c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351889</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,935</x:t>
-[...107 lines deleted...]
-          <x:t>1,025</x:t>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,015</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,885</x:t>
-[...242 lines deleted...]
-          <x:t>0,770</x:t>
+          <x:t>0,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>