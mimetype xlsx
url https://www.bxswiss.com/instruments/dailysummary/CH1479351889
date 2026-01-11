--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6239aa9842549ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9240ece2390e4e6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fcb94aa87f344c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f2aa48544be48d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R900a0da3d6084484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fcb94aa87f344c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d5800ad9af0446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f2aa48544be48d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351889</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,972</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>