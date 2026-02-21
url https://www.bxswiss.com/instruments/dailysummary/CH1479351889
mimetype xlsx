--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9240ece2390e4e6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra70ed758dc244b0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f2aa48544be48d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ed6055847d64908"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d5800ad9af0446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f2aa48544be48d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf13d847e367f4e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ed6055847d64908" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351889</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,994</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,978</x:t>
-[...16 lines deleted...]
-          <x:t>1,271</x:t>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,977</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,949</x:t>
-[...200 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,237</x:t>
-[...26 lines deleted...]
-          <x:t>1,391</x:t>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,277</x:t>
-[...43 lines deleted...]
-          <x:t>1,347</x:t>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,331</x:t>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>