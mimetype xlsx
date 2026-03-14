--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra70ed758dc244b0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb635717c19a4783" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ed6055847d64908"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64d5cf487ad5479a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf13d847e367f4e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ed6055847d64908" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R148bcb52f9a54940" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64d5cf487ad5479a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351889</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>1,003</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,073</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,949</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,111</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>1,133</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>