--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36886a01fbae439b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb941365b2f4b63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6786da61478f4490"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86354591bdc34353"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18a000f009af4e8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6786da61478f4490" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb308a98356e54c55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86354591bdc34353" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,775</x:t>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>0,765</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>18.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,905</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,895</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,875</x:t>
-[...16 lines deleted...]
-          <x:t>0,945</x:t>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,985</x:t>
-[...6 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,985</x:t>
-[...225 lines deleted...]
-          <x:t>0,995</x:t>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>