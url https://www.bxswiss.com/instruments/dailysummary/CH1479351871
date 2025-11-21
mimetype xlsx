--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb941365b2f4b63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R733fee17788f4cca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86354591bdc34353"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3604064b219e4452"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb308a98356e54c55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86354591bdc34353" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29bba93f5ac7411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3604064b219e4452" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,905</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,855</x:t>
-[...16 lines deleted...]
-          <x:t>0,895</x:t>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>01.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,945</x:t>
-[...435 lines deleted...]
-        <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>1,365</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>