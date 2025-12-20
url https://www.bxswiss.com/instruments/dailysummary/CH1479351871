--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R733fee17788f4cca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8bf582cab494256" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3604064b219e4452"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf47ef80e333c48e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29bba93f5ac7411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3604064b219e4452" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e78c223b4df47e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf47ef80e333c48e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...144 lines deleted...]
-          <x:t>1,165</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
-        </x:is>
-[...489 lines deleted...]
-          <x:t>0,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>