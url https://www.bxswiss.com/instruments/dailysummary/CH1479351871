--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8bf582cab494256" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccbfa375ee684f6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf47ef80e333c48e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3d02d8480a74b74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e78c223b4df47e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf47ef80e333c48e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree04bafeaa334558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3d02d8480a74b74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>0,960</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,054</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...177 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,190</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>1,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>