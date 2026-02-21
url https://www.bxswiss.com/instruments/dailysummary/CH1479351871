--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccbfa375ee684f6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7423f9ac87344a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3d02d8480a74b74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66cfcbe054c1433b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree04bafeaa334558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3d02d8480a74b74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c8ec842ffdf4476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66cfcbe054c1433b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>1,124</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,351</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>1,521</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>