--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7423f9ac87344a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c6290a6dfe94481" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66cfcbe054c1433b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red52cba611924f07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c8ec842ffdf4476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66cfcbe054c1433b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b15cf4b4add43b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red52cba611924f07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>1,189</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,107</x:t>
-[...75 lines deleted...]
-          <x:t>1,371</x:t>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,331</x:t>
-[...200 lines deleted...]
-          <x:t>1,397</x:t>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,213</x:t>
-[...301 lines deleted...]
-          <x:t>1,313</x:t>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>