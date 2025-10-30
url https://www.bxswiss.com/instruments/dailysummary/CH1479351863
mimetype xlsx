--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16b7cef3c7854087" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffe265fe793b429c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72e3b67ba9cf4599"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb59335ffc7c4e60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfea32cb2297b43a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72e3b67ba9cf4599" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd0145ce805a4d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb59335ffc7c4e60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351863</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,825</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
-[...48 lines deleted...]
-          <x:t>0,935</x:t>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,895</x:t>
-[...65 lines deleted...]
-          <x:t>0,865</x:t>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,955</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>18.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,025</x:t>
-[...21 lines deleted...]
-          <x:t>0,985</x:t>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>24.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,115</x:t>
+          <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,065</x:t>
-[...242 lines deleted...]
-          <x:t>1,095</x:t>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>