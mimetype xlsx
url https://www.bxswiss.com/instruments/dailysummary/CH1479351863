--- v1 (2025-10-30)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffe265fe793b429c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce744351a7d94d40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb59335ffc7c4e60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17c6ffc257574ecd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd0145ce805a4d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb59335ffc7c4e60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree4f361ce49d4d48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17c6ffc257574ecd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351863</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>1,115</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,085</x:t>
-[...362 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,315</x:t>
-[...90 lines deleted...]
-          <x:t>1,535</x:t>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>