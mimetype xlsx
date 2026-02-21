--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce744351a7d94d40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa8e5b78f3f44734" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17c6ffc257574ecd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45b16a773dcf4131"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree4f361ce49d4d48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17c6ffc257574ecd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0fcf8bff6504e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45b16a773dcf4131" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351863</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,306</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,559</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,286</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>12.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,641</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>1,487</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,509</x:t>
-        </x:is>
-[...376 lines deleted...]
-          <x:t>1,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>