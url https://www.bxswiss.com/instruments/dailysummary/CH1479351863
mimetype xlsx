--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa8e5b78f3f44734" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6204d0b32c974f19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45b16a773dcf4131"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd289212b7374c12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0fcf8bff6504e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45b16a773dcf4131" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd27becb84d864f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd289212b7374c12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351863</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,507</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,275</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...595 lines deleted...]
-          <x:t>1,509</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>