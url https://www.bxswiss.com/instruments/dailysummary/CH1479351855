--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb82a9910bb24e38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48dc00f5937b41ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28631f7790cf4931"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f2ad31af0fa4e76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e5d5404fee34807" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28631f7790cf4931" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3cabdca040142de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f2ad31af0fa4e76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351855</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,965</x:t>
-[...210 lines deleted...]
-          <x:t>0,995</x:t>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,985</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>1,135</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,115</x:t>
-[...11 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,335</x:t>
-[...26 lines deleted...]
-          <x:t>1,265</x:t>
+          <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>1,175</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,115</x:t>
-[...112 lines deleted...]
-          <x:t>1,335</x:t>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>