--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48dc00f5937b41ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16fc194f55d8465d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f2ad31af0fa4e76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa7dbcefa5964706"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3cabdca040142de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f2ad31af0fa4e76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R874127b8056d4bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa7dbcefa5964706" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351855</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,155</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,105</x:t>
-[...21 lines deleted...]
-          <x:t>1,215</x:t>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,215</x:t>
-[...566 lines deleted...]
-          <x:t>1,715</x:t>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>