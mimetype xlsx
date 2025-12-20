--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16fc194f55d8465d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cfe8d95f7b440bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa7dbcefa5964706"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3a6adcbb2be4dde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R874127b8056d4bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa7dbcefa5964706" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6731add84c32491f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3a6adcbb2be4dde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351855</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,315</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,255</x:t>
-[...97 lines deleted...]
-          <x:t>1,655</x:t>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,615</x:t>
-[...458 lines deleted...]
-          <x:t>1,148</x:t>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>