--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cfe8d95f7b440bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ff0e4d495164c37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3a6adcbb2be4dde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R495e6076315147e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6731add84c32491f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3a6adcbb2be4dde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50f34f3540194798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R495e6076315147e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351855</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>1,390</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,320</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>1,731</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,681</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>