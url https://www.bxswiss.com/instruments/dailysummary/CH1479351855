--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ff0e4d495164c37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R524a3aa05861480b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R495e6076315147e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b5a7d9ce77485f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50f34f3540194798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R495e6076315147e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78b955ec28964e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b5a7d9ce77485f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351855</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,881</x:t>
-[...387 lines deleted...]
-          <x:t>1,949</x:t>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>