--- v0 (2025-10-07)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5f43ce8752e43bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d996b8042b142af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80cac9accd8b4100"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9faeb94abc464831"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ee18699b1e84da3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80cac9accd8b4100" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R169ad55722404218" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9faeb94abc464831" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1,445</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>