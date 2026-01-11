--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d996b8042b142af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re84f619a4aaa47dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9faeb94abc464831"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f93bbe2f3b646a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R169ad55722404218" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9faeb94abc464831" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree0788daf96a4f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f93bbe2f3b646a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>1,480</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,436</x:t>
-[...124 lines deleted...]
-          <x:t>1,576</x:t>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,496</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>1,941</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,891</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>