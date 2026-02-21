--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re84f619a4aaa47dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e0ac61fced54c48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f93bbe2f3b646a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re459093b5d0c456b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree0788daf96a4f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f93bbe2f3b646a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc39579f596a84ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re459093b5d0c456b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,105</x:t>
-[...16 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,937</x:t>
-        </x:is>
-[...364 lines deleted...]
-          <x:t>2,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>