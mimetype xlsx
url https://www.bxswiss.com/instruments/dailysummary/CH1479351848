--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e0ac61fced54c48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85026629847a47d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re459093b5d0c456b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R061f41a4e0fa4bd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc39579f596a84ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re459093b5d0c456b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd3a31c5e5474e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R061f41a4e0fa4bd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>1,775</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,665</x:t>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,897</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>1,937</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>