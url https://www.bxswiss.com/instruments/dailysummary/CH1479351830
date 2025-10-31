--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R395a7d69c3a94fd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8821000f75124587" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcec0cd99190448ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re852df57d05d4a4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R235ea5813b294f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcec0cd99190448ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R345a5a2bfe4b4883" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re852df57d05d4a4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351830</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,165</x:t>
-[...139 lines deleted...]
-          <x:t>1,175</x:t>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,315</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,305</x:t>
-[...16 lines deleted...]
-          <x:t>1,345</x:t>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,315</x:t>
-[...301 lines deleted...]
-          <x:t>1,465</x:t>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>