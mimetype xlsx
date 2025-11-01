--- v1 (2025-10-31)
+++ v2 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8821000f75124587" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ba10778d9974be4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re852df57d05d4a4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R239e8e3b99b842ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R345a5a2bfe4b4883" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re852df57d05d4a4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ab3ec8ccf314b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R239e8e3b99b842ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351830</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,556 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,325</x:t>
-[...16 lines deleted...]
-          <x:t>1,375</x:t>
+          <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,315</x:t>
-[...16 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,295</x:t>
-[...11 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>1,455</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,465</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...246 lines deleted...]
-          <x:t>21.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,605</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
@@ -791,31 +764,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>