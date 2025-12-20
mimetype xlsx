--- v2 (2025-11-01)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ba10778d9974be4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c2d6149ce26418c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R239e8e3b99b842ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d36158146274dcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ab3ec8ccf314b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R239e8e3b99b842ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raec9ffe5c17f4936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d36158146274dcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351830</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>1,755</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,755</x:t>
-[...48 lines deleted...]
-          <x:t>2,055</x:t>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,985</x:t>
-[...26 lines deleted...]
-          <x:t>1,885</x:t>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>