--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c2d6149ce26418c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba223f37e19a4897" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d36158146274dcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92bab331dfc94c46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raec9ffe5c17f4936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d36158146274dcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb55c66940b004e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92bab331dfc94c46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351830</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>1,638</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,624</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>1,736</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>1,882</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,816</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>2,029</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,979</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>