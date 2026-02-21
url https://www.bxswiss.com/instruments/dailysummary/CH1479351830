--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba223f37e19a4897" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c99c20206954f84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92bab331dfc94c46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80ac3b7c02114ce8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb55c66940b004e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92bab331dfc94c46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R697f1ab185ac4e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80ac3b7c02114ce8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351830</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>2,163</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,979</x:t>
-[...350 lines deleted...]
-          <x:t>1,965</x:t>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,175</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>2,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>