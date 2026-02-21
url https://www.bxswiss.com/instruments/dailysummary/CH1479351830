--- v5 (2026-02-21)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c99c20206954f84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R568664c46ab6406c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80ac3b7c02114ce8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb23fb67decd4b43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R697f1ab185ac4e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80ac3b7c02114ce8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85c7c65543c2419e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb23fb67decd4b43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351830</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,987</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>