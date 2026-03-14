--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R568664c46ab6406c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dbdb8ab79914f9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb23fb67decd4b43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86ba3e14183c41e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85c7c65543c2419e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb23fb67decd4b43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67fd222ce7ef436e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86ba3e14183c41e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351830</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>1,749</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,987</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>1,925</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,885</x:t>
-[...463 lines deleted...]
-          <x:t>2,033</x:t>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>