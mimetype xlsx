--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dc250c2cc874083" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24e23fbe051f4e33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref2d9cf27ed7425c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bd9e0da1b6a4047"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2af9f05abee84b91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref2d9cf27ed7425c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15908ebc03a14e01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bd9e0da1b6a4047" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351822</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>1,155</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,115</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>1,325</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,385</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,365</x:t>
-[...16 lines deleted...]
-          <x:t>1,405</x:t>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,375</x:t>
-[...274 lines deleted...]
-          <x:t>1,585</x:t>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>