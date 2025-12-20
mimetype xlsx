--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24e23fbe051f4e33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48030430642b4e85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bd9e0da1b6a4047"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8456c1034844be9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15908ebc03a14e01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bd9e0da1b6a4047" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82f679e9b42e4f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8456c1034844be9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351822</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,435</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,385</x:t>
-[...524 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>1,965</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>