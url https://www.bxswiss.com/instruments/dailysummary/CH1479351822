--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48030430642b4e85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a6fb8cc761245b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8456c1034844be9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re347d6794fe044db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82f679e9b42e4f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8456c1034844be9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra267e4a7246846da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re347d6794fe044db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351822</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>1,718</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,702</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>1,818</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>1,970</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,902</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>2,117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,069</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>