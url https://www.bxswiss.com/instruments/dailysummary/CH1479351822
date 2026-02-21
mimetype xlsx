--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a6fb8cc761245b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda5b7c5207984390" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re347d6794fe044db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra65a8fed24a040c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra267e4a7246846da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re347d6794fe044db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9408ea94b6a24efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra65a8fed24a040c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351822</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,844</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,818</x:t>
-[...43 lines deleted...]
-          <x:t>2,119</x:t>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,015</x:t>
-[...161 lines deleted...]
-          <x:t>1,779</x:t>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,867</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,975</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,869</x:t>
-[...6 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>2,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,859</x:t>
-[...21 lines deleted...]
-          <x:t>1,811</x:t>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,777</x:t>
-[...112 lines deleted...]
-          <x:t>2,373</x:t>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>