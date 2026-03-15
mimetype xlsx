--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda5b7c5207984390" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5039453a7df64f41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra65a8fed24a040c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5b7702f94804584"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9408ea94b6a24efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra65a8fed24a040c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0890c24ae8e94796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5b7702f94804584" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351822</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>1,951</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,835</x:t>
-[...11 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,159</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>2,011</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,129</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>1,859</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,037</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>2,125</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>