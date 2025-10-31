--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc20354fc8824453" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f12c5c6752740aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R086bb841755e40b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R476fad689e1f4a8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ccea9db060a4dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R086bb841755e40b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c592b7af9b84ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R476fad689e1f4a8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,295</x:t>
-[...48 lines deleted...]
-          <x:t>1,405</x:t>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>1,445</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,435</x:t>
-[...16 lines deleted...]
-          <x:t>1,475</x:t>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>1,455</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,435</x:t>
-[...193 lines deleted...]
-          <x:t>1,605</x:t>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>