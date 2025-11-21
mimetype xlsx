--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f12c5c6752740aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re06f117d0c0c4e09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R476fad689e1f4a8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe869102ae4644e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c592b7af9b84ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R476fad689e1f4a8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R823acff473bc4240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe869102ae4644e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,455</x:t>
-[...11 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,555</x:t>
-[...75 lines deleted...]
-          <x:t>1,625</x:t>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,595</x:t>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,715</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...408 lines deleted...]
-          <x:t>27.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,905</x:t>
-[...4 lines deleted...]
-          <x:t>1,835</x:t>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,885</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.10.2025</x:t>
-[...73 lines deleted...]
-          <x:t>2,155</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>