--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re06f117d0c0c4e09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5a76eeb6cb44d31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe869102ae4644e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaf72b36291849ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R823acff473bc4240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe869102ae4644e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91c8a438868d4b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaf72b36291849ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...134 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,905</x:t>
-[...495 lines deleted...]
-          <x:t>1,512</x:t>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>