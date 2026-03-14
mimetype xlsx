--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5a76eeb6cb44d31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf26044e5285e470e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaf72b36291849ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R607434fda7004cb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91c8a438868d4b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaf72b36291849ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74989bb55b834498" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R607434fda7004cb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,916</x:t>
-[...441 lines deleted...]
-          <x:t>2,475</x:t>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>