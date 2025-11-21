--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re97aa647cc7d4fe5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc2eda62a74f4a9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R809e40b925e04f50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf7d2388c3b944f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c4a2157734a4068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R809e40b925e04f50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cb4d37abf1e49a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf7d2388c3b944f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,525</x:t>
-[...48 lines deleted...]
-          <x:t>1,655</x:t>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,655</x:t>
-[...566 lines deleted...]
-          <x:t>2,245</x:t>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>