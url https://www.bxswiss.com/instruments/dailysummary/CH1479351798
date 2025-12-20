--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc2eda62a74f4a9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a07546fb3514f52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf7d2388c3b944f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd21baff915154db4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cb4d37abf1e49a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf7d2388c3b944f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc01bc2ecf1b94560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd21baff915154db4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,545</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,505</x:t>
-[...178 lines deleted...]
-          <x:t>2,115</x:t>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,065</x:t>
-[...80 lines deleted...]
-          <x:t>1,965</x:t>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,055</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>1,584</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>