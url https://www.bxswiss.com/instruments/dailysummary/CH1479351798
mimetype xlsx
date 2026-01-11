--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a07546fb3514f52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d22448ad24c487b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd21baff915154db4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89b71a8a610b4f87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc01bc2ecf1b94560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd21baff915154db4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R473961fb09a74a69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89b71a8a610b4f87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,956</x:t>
-[...197 lines deleted...]
-        <x:is>
           <x:t>1,992</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,990</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>