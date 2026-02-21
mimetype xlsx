--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d22448ad24c487b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe2724dbb7094fe0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89b71a8a610b4f87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6592279b00b24464"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R473961fb09a74a69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89b71a8a610b4f87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda133ccb327044e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6592279b00b24464" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>2,485</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,287</x:t>
-[...6 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,197</x:t>
-[...232 lines deleted...]
-          <x:t>1,991</x:t>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,953</x:t>
-[...112 lines deleted...]
-          <x:t>2,575</x:t>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>