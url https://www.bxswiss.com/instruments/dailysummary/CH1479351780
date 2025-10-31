--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda18a3afecd242e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9703060c85484aeb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4adb7166680f4c0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60f3071418854728"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0a24f7c5a4b4194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4adb7166680f4c0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5796d55391e466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60f3071418854728" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,425</x:t>
-[...21 lines deleted...]
-          <x:t>1,345</x:t>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>1,585</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,615</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,575</x:t>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,875</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>1,595</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,585</x:t>
-[...166 lines deleted...]
-          <x:t>1,805</x:t>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>