--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9703060c85484aeb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc02b2232f4484a1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60f3071418854728"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dd970ca4d664556"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5796d55391e466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60f3071418854728" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe293359588845f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dd970ca4d664556" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...566 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,275</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>2,105</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>2,335</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>