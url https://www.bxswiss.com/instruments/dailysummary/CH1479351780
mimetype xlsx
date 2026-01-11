--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc02b2232f4484a1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d05bc764f9e49bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dd970ca4d664556"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03e82b129e8a497e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe293359588845f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dd970ca4d664556" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R363e69bb5c044dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03e82b129e8a497e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,078</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>2,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,110</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>