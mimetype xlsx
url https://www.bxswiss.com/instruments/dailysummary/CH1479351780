--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d05bc764f9e49bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5348d2f63b8a44b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03e82b129e8a497e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad1664cab5c54048"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R363e69bb5c044dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03e82b129e8a497e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3cdd73180334ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad1664cab5c54048" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,461</x:t>
-[...301 lines deleted...]
-          <x:t>2,551</x:t>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,599</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>2,677</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>