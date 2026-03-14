--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5348d2f63b8a44b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbd9674a74bd4905" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad1664cab5c54048"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5b306085b854f85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3cdd73180334ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad1664cab5c54048" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90adb9308b3b4c2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5b306085b854f85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>2,449</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,605</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,563</x:t>
-[...16 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,469</x:t>
-[...522 lines deleted...]
-          <x:t>2,421</x:t>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>