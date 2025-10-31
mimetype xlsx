--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1ce02f915404ecf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd17e161bcfe4ac7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b65243489c44a0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc24730b017164152"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdc977e141ce42b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b65243489c44a0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R031b860610bf4b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc24730b017164152" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351764</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,505</x:t>
-[...43 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>1,595</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,655</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>1,645</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,765</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,955</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>1,765</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,675</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>2,035</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>1,835</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>