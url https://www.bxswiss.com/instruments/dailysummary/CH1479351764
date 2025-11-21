--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd17e161bcfe4ac7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6580f82479044b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc24730b017164152"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8759daf4ba54670"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R031b860610bf4b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc24730b017164152" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2a0512a1daf4a00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8759daf4ba54670" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351764</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>1,855</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,035</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,825</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,955</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,955</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>1,775</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,755</x:t>
-[...215 lines deleted...]
-          <x:t>2,425</x:t>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>