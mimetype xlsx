--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6580f82479044b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda15a9337cb04334" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8759daf4ba54670"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5361064b82a4237"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2a0512a1daf4a00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8759daf4ba54670" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R159306d175c443d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5361064b82a4237" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351764</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,775</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,755</x:t>
-[...205 lines deleted...]
-          <x:t>2,505</x:t>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,195</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>1,738</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>