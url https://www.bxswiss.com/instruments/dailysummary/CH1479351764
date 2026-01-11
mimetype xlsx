--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda15a9337cb04334" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa7513948d26441f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5361064b82a4237"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63319acc5f274d70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R159306d175c443d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5361064b82a4237" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c8ade476b434fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63319acc5f274d70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351764</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,174</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>