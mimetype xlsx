--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa7513948d26441f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R097dc425d5824fb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63319acc5f274d70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R506dab7fec224894"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c8ade476b434fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63319acc5f274d70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra13d701bba234e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R506dab7fec224894" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351764</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>2,685</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,479</x:t>
-[...168 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,261</x:t>
-[...16 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,353</x:t>
-[...151 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,673</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>2,783</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>