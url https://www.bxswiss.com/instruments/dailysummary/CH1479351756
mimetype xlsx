--- v0 (2025-10-08)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R384354abe4b5418d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c6962b361874af1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02b77eb29cf4438c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e49dbdeb5944298"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R816a26c54b714685" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02b77eb29cf4438c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7345e4e79234486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e49dbdeb5944298" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351756</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>1,845</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,855</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>1,915</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>