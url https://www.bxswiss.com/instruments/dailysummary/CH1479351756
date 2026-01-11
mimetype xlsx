--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c6962b361874af1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0edd94a6dbcd44d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e49dbdeb5944298"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb0bf64a8cb24ee3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7345e4e79234486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e49dbdeb5944298" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3655a0c8b9554706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb0bf64a8cb24ee3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351756</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,266</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>