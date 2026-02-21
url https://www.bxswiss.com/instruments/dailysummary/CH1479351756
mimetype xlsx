--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0edd94a6dbcd44d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54e776ad94c6449d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb0bf64a8cb24ee3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3cf8f9206ff4630"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3655a0c8b9554706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb0bf64a8cb24ee3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22a6a583a46646ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3cf8f9206ff4630" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351756</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>2,751</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,545</x:t>
-[...204 lines deleted...]
-        <x:is>
           <x:t>2,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,451</x:t>
-[...139 lines deleted...]
-          <x:t>2,537</x:t>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...19 lines deleted...]
-          <x:t>2,889</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>