--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54e776ad94c6449d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra77f89b2e8a24339" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3cf8f9206ff4630"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra93c9bfc44874e38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22a6a583a46646ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3cf8f9206ff4630" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3f702310dae4ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra93c9bfc44874e38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351756</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,673</x:t>
-[...26 lines deleted...]
-          <x:t>2,705</x:t>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>2,627</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>