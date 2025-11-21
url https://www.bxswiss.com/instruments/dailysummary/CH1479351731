--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b18c1deb628465a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f03baf47f564fd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33d75f65c58149ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8864b8fcb71b4f01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fc0e33b530d4271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33d75f65c58149ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc21511254c2e40c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8864b8fcb71b4f01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351731</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,955</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,015</x:t>
-[...549 lines deleted...]
-          <x:t>2,605</x:t>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>