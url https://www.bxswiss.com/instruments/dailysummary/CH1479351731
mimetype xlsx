--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f03baf47f564fd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce3922083e7f4cb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8864b8fcb71b4f01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3c5f2f1b6c94272"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc21511254c2e40c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8864b8fcb71b4f01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48ee4f11e9b44100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3c5f2f1b6c94272" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351731</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,855</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,805</x:t>
-[...119 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,345</x:t>
-[...296 lines deleted...]
-          <x:t>2,405</x:t>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,375</x:t>
-[...188 lines deleted...]
-          <x:t>1,900</x:t>
+          <x:t>2,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>