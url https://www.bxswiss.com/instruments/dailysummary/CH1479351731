--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce3922083e7f4cb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7ada18212d14036" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3c5f2f1b6c94272"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e9886b2e2c64be0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48ee4f11e9b44100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3c5f2f1b6c94272" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cd1e3b432ee4e6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e9886b2e2c64be0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351731</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,354</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>2,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,388</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>