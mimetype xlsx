--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7ada18212d14036" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fbace6048c34194" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e9886b2e2c64be0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf92b9b9568c4915"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cd1e3b432ee4e6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e9886b2e2c64be0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5e06cf1b3f3472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf92b9b9568c4915" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351731</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>2,388</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,360</x:t>
-[...227 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,551</x:t>
-[...112 lines deleted...]
-          <x:t>2,863</x:t>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,915</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>09.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,883</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>2,993</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>