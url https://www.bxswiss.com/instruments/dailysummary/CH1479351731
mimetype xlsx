--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fbace6048c34194" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3165158e00e648c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf92b9b9568c4915"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda93fad20d244065"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5e06cf1b3f3472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf92b9b9568c4915" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ef9dfdb40c74baf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda93fad20d244065" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351731</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,713</x:t>
-[...603 lines deleted...]
-          <x:t>2,731</x:t>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>