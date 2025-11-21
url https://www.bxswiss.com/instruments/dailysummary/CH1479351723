--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R585b7dc757334ef3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0778fb5913444411" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R335ca1e2b8c74dad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6e8a44ba82c46c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3022a16d6e974744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R335ca1e2b8c74dad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66e4bd44c44d46d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6e8a44ba82c46c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351723</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,005</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,915</x:t>
-[...11 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,025</x:t>
-[...31 lines deleted...]
-          <x:t>1,865</x:t>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,045</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>2,065</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,205</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,205</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,035</x:t>
-[...377 lines deleted...]
-          <x:t>2,045</x:t>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,295</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...100 lines deleted...]
-          <x:t>2,705</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>