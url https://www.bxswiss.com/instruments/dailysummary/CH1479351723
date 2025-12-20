--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0778fb5913444411" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4acb69eaf00a44f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6e8a44ba82c46c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c00ee5b21a243cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66e4bd44c44d46d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6e8a44ba82c46c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R332711bd1bb548c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c00ee5b21a243cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351723</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...149 lines deleted...]
-          <x:t>2,355</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,405</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>2,435</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.10.2025</x:t>
-[...134 lines deleted...]
-          <x:t>05.11.2025</x:t>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,445</x:t>
-[...306 lines deleted...]
-          <x:t>1,982</x:t>
+          <x:t>2,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>