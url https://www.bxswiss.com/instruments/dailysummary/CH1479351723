--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4acb69eaf00a44f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65ff52e2eb99403e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c00ee5b21a243cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf99f002c2d174f16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R332711bd1bb548c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c00ee5b21a243cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re57af2345d3a4745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf99f002c2d174f16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351723</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,450</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>2,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,460</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,488</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>