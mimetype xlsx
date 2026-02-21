--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65ff52e2eb99403e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51c66e9fb4834643" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf99f002c2d174f16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57fee4165e38472e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re57af2345d3a4745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf99f002c2d174f16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fe1478951fb4a8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57fee4165e38472e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351723</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>2,743</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,781</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>2,523</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,465</x:t>
-[...210 lines deleted...]
-          <x:t>2,959</x:t>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,959</x:t>
-[...80 lines deleted...]
-          <x:t>3,103</x:t>
+          <x:t>2,839</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>