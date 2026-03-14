--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51c66e9fb4834643" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63ea77fc4eac48ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57fee4165e38472e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fd709b1b0a24445"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fe1478951fb4a8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57fee4165e38472e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e6313a8924646b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fd709b1b0a24445" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351723</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>2,687</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,557</x:t>
-[...53 lines deleted...]
-          <x:t>2,865</x:t>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,029</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>02.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,907</x:t>
-[...387 lines deleted...]
-          <x:t>2,839</x:t>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>