--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb5a3aeb63b2464a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27354916df8f48f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R219e066e904440a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf53310a067de44ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc05f7334d8b043b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R219e066e904440a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re51d359c50294f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf53310a067de44ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>1,985</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,905</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>2,125</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>2,185</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,385</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>2,155</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>