--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27354916df8f48f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3275cd0205d5480a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf53310a067de44ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d4b864427e5460a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re51d359c50294f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf53310a067de44ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d0d994c3e1b4bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d4b864427e5460a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...247 lines deleted...]
-          <x:t>2,675</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,625</x:t>
-[...382 lines deleted...]
-          <x:t>2,068</x:t>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>