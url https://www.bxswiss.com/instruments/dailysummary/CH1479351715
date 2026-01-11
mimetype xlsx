--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3275cd0205d5480a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53d29ae410d64495" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d4b864427e5460a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28a085a2ffb34752"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d0d994c3e1b4bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d4b864427e5460a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46746d63c5954608" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28a085a2ffb34752" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,556</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>