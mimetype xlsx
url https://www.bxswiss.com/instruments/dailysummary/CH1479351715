--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53d29ae410d64495" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1880c9844cd34f15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28a085a2ffb34752"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R682b6723f84b44bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46746d63c5954608" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28a085a2ffb34752" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0d6c8d6c7264ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R682b6723f84b44bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,849</x:t>
-[...21 lines deleted...]
-          <x:t>2,621</x:t>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,563</x:t>
-[...242 lines deleted...]
-          <x:t>3,081</x:t>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,131</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>3,217</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>