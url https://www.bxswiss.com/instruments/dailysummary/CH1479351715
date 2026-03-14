--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1880c9844cd34f15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70c729b7f1d14ea7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R682b6723f84b44bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3eeaace2cb624c01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0d6c8d6c7264ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R682b6723f84b44bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc134a40ba04c4f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3eeaace2cb624c01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,093</x:t>
-[...43 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,023</x:t>
-[...21 lines deleted...]
-          <x:t>2,793</x:t>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,749</x:t>
-[...65 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>2,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,013</x:t>
-[...387 lines deleted...]
-          <x:t>2,949</x:t>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>