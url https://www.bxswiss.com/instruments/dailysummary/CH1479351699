--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d2cc8a2ac404d53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7369e133a43a4356" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R011cabf4f63f4258"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b54a69118f848ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R925741135e6d4de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R011cabf4f63f4258" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00a2f4b18fe1437e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b54a69118f848ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351699</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,015</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>1,985</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,055</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>2,085</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,045</x:t>
-[...11 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,215</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>2,185</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,075</x:t>
-[...139 lines deleted...]
-          <x:t>2,305</x:t>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>