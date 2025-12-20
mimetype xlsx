--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7369e133a43a4356" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1419f980230c47f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b54a69118f848ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f0414acdaac49f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00a2f4b18fe1437e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b54a69118f848ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0923bf2f1a8d4cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f0414acdaac49f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351699</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>1,825</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,055</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>2,905</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>