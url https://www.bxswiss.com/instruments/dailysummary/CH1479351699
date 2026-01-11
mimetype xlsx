--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1419f980230c47f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rece1f3aff1274e86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f0414acdaac49f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R822c9b780f654725"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0923bf2f1a8d4cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f0414acdaac49f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9e58dac701740a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R822c9b780f654725" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351699</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,658</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>