--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rece1f3aff1274e86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b4401d7b7334e5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R822c9b780f654725"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a6cb6c583a24a59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9e58dac701740a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R822c9b780f654725" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb038af2674bd4234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a6cb6c583a24a59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351699</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>2,686</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,047</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>2,725</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,663</x:t>
-[...242 lines deleted...]
-          <x:t>3,189</x:t>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,241</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>3,327</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>