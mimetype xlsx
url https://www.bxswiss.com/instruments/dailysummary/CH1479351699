--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b4401d7b7334e5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra66cb2ae97574b7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a6cb6c583a24a59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc09b9c99227b4380"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb038af2674bd4234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a6cb6c583a24a59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd259d5e405a4c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc09b9c99227b4380" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351699</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,207</x:t>
-[...21 lines deleted...]
-          <x:t>2,963</x:t>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,099</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...374 lines deleted...]
-          <x:t>3,225</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,205</x:t>
-[...134 lines deleted...]
-          <x:t>3,059</x:t>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>