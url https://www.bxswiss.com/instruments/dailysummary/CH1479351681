--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbd0b1d142084898" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2c557ba8c8b446f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d832fc0f129447c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra308acdbe3904617"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb8bcff1f1fe4e8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d832fc0f129447c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6acbed09f8f3495d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra308acdbe3904617" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351681</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,365</x:t>
-[...490 lines deleted...]
-          <x:t>2,715</x:t>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>3,065</x:t>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,785</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>3,005</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>