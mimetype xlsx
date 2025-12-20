--- v1 (2025-12-20)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2c557ba8c8b446f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4176b3d4d6284c76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra308acdbe3904617"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad94848aa1fb4fd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6acbed09f8f3495d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra308acdbe3904617" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d40e6f410c540fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad94848aa1fb4fd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351681</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>