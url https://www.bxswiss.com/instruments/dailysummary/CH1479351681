--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4176b3d4d6284c76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R896a0f09887746a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad94848aa1fb4fd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce04789760c64292"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d40e6f410c540fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad94848aa1fb4fd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fb91b919c544de3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce04789760c64292" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351681</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,758</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>