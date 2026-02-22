--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R896a0f09887746a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c4a5e835f0049a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce04789760c64292"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0c24ec865fd4d7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fb91b919c544de3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce04789760c64292" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R810d257944624db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0c24ec865fd4d7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351681</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>2,790</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,155</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>3,285</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,321</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...347 lines deleted...]
-          <x:t>3,329</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,317</x:t>
-[...26 lines deleted...]
-          <x:t>3,441</x:t>
+          <x:t>3,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>