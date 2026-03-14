--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c4a5e835f0049a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra99bbaa499bd434c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0c24ec865fd4d7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb819515764504057"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R810d257944624db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0c24ec865fd4d7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8603474b0d754c40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb819515764504057" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351681</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,935</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>3,071</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,211</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>3,169</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>