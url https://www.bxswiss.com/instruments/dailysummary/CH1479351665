--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fcff08139b54cf4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01f9d423e3c747dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95ceab0faa564b27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc53dc1b3400244b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9105314746ef4766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95ceab0faa564b27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0adac6e1bcdc43ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc53dc1b3400244b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,845</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,825</x:t>
-[...259 lines deleted...]
-          <x:t>2,245</x:t>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,155</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>2,405</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,355</x:t>
-[...70 lines deleted...]
-          <x:t>2,355</x:t>
+          <x:t>2,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,255</x:t>
-[...112 lines deleted...]
-          <x:t>2,565</x:t>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>