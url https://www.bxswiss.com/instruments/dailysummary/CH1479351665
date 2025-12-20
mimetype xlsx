--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01f9d423e3c747dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9151d1766514309" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc53dc1b3400244b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5534b84480174b49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0adac6e1bcdc43ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc53dc1b3400244b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54745150ef1e4f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5534b84480174b49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...539 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,825</x:t>
-[...90 lines deleted...]
-          <x:t>3,105</x:t>
+          <x:t>2,933</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>