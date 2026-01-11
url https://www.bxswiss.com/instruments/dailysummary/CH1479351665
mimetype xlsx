--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9151d1766514309" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48d050eb9541422a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5534b84480174b49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf4cbb260ace4194"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54745150ef1e4f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5534b84480174b49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref03366115054412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf4cbb260ace4194" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,864</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>