--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48d050eb9541422a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re28aecc729c64cac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf4cbb260ace4194"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81343eb4dbbd421f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref03366115054412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf4cbb260ace4194" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3173e52986bd4413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81343eb4dbbd421f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>3,395</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,167</x:t>
-[...38 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,173</x:t>
-[...26 lines deleted...]
-          <x:t>3,053</x:t>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,891</x:t>
-[...264 lines deleted...]
-          <x:t>3,173</x:t>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...19 lines deleted...]
-          <x:t>3,555</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>