--- v4 (2026-02-21)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re28aecc729c64cac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91788da823844762" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81343eb4dbbd421f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57b9a014271343b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3173e52986bd4413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81343eb4dbbd421f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99faada0919a4948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57b9a014271343b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>