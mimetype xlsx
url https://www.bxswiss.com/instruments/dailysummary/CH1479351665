--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91788da823844762" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R624410b0332c4c79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57b9a014271343b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a8f908781f142c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99faada0919a4948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57b9a014271343b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1e7bea4b6734dd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a8f908781f142c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,045</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>3,117</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,067</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>3,325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...90 lines deleted...]
-          <x:t>3,593</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,549</x:t>
-[...269 lines deleted...]
-          <x:t>3,281</x:t>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>