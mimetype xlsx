--- v0 (2025-10-31)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5d4d7c073a94c54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R244cbc654e6141dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R508dcf4938124f36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ebdb6f2c68d4c11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7a7adf10b9e4909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R508dcf4938124f36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47b359de1da24141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ebdb6f2c68d4c11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>2,875</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,835</x:t>
-[...85 lines deleted...]
-          <x:t>3,205</x:t>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>