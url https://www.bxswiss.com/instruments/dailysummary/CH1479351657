--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R244cbc654e6141dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7373438463e4428a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ebdb6f2c68d4c11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffc87480a861437c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47b359de1da24141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ebdb6f2c68d4c11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R619157675564467b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffc87480a861437c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>2,964</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,327</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,507</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>3,343</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,209</x:t>
-[...232 lines deleted...]
-          <x:t>2,993</x:t>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,397</x:t>
-        </x:is>
-[...116 lines deleted...]
-          <x:t>3,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>