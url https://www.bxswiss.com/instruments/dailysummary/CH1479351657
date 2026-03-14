--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7373438463e4428a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc45166bdf1ae4748" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffc87480a861437c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13cb64d72c0e4363"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R619157675564467b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffc87480a861437c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53fa5c2bf3334187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13cb64d72c0e4363" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,545</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>3,293</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,231</x:t>
-[...124 lines deleted...]
-          <x:t>2,979</x:t>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,975</x:t>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,439</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...63 lines deleted...]
-          <x:t>3,567</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,259</x:t>
-[...296 lines deleted...]
-          <x:t>3,397</x:t>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>