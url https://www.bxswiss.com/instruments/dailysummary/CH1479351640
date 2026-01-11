--- v0 (2025-10-31)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9777b56d930d4a44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c96eb62bd204f58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a2e94c2b7741ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba3a76372d9e47ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbbcfb63fa774e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a2e94c2b7741ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c210284e7714fa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba3a76372d9e47ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>29.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,155</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>3,315</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>