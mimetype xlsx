--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c96eb62bd204f58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae8094e647fd4e22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba3a76372d9e47ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f15154b5fca4d9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c210284e7714fa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba3a76372d9e47ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70f8f602eb394dcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f15154b5fca4d9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>3,619</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,657</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...261 lines deleted...]
-          <x:t>3,103</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,511</x:t>
-        </x:is>
-[...116 lines deleted...]
-          <x:t>3,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>