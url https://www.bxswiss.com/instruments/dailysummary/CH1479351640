--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae8094e647fd4e22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4307607c4530485a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f15154b5fca4d9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R384d5f9503df43ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70f8f602eb394dcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f15154b5fca4d9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66859818284f4894" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R384d5f9503df43ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>3,663</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,479</x:t>
-[...232 lines deleted...]
-          <x:t>3,683</x:t>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,371</x:t>
-[...296 lines deleted...]
-          <x:t>3,511</x:t>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>