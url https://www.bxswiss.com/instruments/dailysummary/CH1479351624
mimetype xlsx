--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87d176bf85624794" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0df009895c54f51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re72449c22b2444b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7080e2949124038"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5648681cf024e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re72449c22b2444b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racb2dc81b41541bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7080e2949124038" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>2,215</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,195</x:t>
-[...21 lines deleted...]
-          <x:t>2,475</x:t>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,395</x:t>
-[...91 lines deleted...]
-        <x:is>
           <x:t>2,515</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,595</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>2,425</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,495</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,625</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>2,535</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,485</x:t>
-[...43 lines deleted...]
-          <x:t>2,675</x:t>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,625</x:t>
-[...124 lines deleted...]
-          <x:t>2,475</x:t>
+          <x:t>2,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,465</x:t>
-[...139 lines deleted...]
-          <x:t>2,795</x:t>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>