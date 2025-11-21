--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0df009895c54f51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R963cf26983c34d22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7080e2949124038"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd6a165559b147b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racb2dc81b41541bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7080e2949124038" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R013b006f77f546bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd6a165559b147b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,635</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,525</x:t>
-[...16 lines deleted...]
-          <x:t>2,575</x:t>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,515</x:t>
-[...16 lines deleted...]
-          <x:t>2,475</x:t>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,685</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>2,465</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>2,745</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,855</x:t>
-[...512 lines deleted...]
-          <x:t>3,415</x:t>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>