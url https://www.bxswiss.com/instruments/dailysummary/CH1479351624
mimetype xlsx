--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R963cf26983c34d22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b9f0f2d7fab4ad5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd6a165559b147b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe95b9669194a40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R013b006f77f546bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd6a165559b147b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fd7ba0efeae43f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe95b9669194a40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...220 lines deleted...]
-          <x:t>3,255</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,145</x:t>
-[...409 lines deleted...]
-          <x:t>2,620</x:t>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>