--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b9f0f2d7fab4ad5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re47ac8e471014aae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe95b9669194a40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3c4e2d7e5cf4e0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fd7ba0efeae43f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe95b9669194a40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2998c486f23747d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3c4e2d7e5cf4e0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,182</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>