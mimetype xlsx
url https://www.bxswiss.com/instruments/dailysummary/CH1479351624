--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re47ac8e471014aae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14965a456e43475c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3c4e2d7e5cf4e0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c5269ab20f44531"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2998c486f23747d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3c4e2d7e5cf4e0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd55bfa7964ea446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c5269ab20f44531" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>3,214</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,178</x:t>
-[...65 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,505</x:t>
-[...205 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,627</x:t>
-[...117 lines deleted...]
-          <x:t>3,909</x:t>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>