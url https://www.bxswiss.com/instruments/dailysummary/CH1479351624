--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14965a456e43475c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb04d4de01384bd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c5269ab20f44531"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74d05bca17ee4624"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd55bfa7964ea446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c5269ab20f44531" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a5181dbf334413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74d05bca17ee4624" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>3,649</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,831</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>3,781</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,595</x:t>
-[...539 lines deleted...]
-          <x:t>3,629</x:t>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>