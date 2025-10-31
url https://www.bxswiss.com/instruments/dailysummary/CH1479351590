--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ed815a4349d479a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re38aeda6f51c4344" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97e9b2c5992f4dd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdc8164c7e224df2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2febf91b7944ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97e9b2c5992f4dd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58c295cca48f442c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdc8164c7e224df2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>2,455</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,285</x:t>
-[...21 lines deleted...]
-          <x:t>2,655</x:t>
+          <x:t>2,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,645</x:t>
-[...129 lines deleted...]
-          <x:t>2,605</x:t>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>2,735</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,675</x:t>
-[...26 lines deleted...]
-          <x:t>2,855</x:t>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,945</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>2,665</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,645</x:t>
-[...85 lines deleted...]
-          <x:t>2,965</x:t>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>