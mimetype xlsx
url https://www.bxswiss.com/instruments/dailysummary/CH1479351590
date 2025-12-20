--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re38aeda6f51c4344" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf49a795f76154fd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdc8164c7e224df2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac899932652b4365"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58c295cca48f442c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdc8164c7e224df2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb38f76fff694aba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac899932652b4365" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>3,635</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>