--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf49a795f76154fd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcac2119772544ea0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac899932652b4365"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dc70b4d42464884"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb38f76fff694aba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac899932652b4365" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1a7c6e71fca4954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dc70b4d42464884" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,500 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>3,150</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,226</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,400</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>