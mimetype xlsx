--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcac2119772544ea0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14694384e2054551" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dc70b4d42464884"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9158a5ff97574c4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1a7c6e71fca4954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dc70b4d42464884" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09590ea359b34373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9158a5ff97574c4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>4,175</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,997</x:t>
-[...16 lines deleted...]
-          <x:t>3,793</x:t>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,739</x:t>
-[...31 lines deleted...]
-          <x:t>4,149</x:t>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>