--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14694384e2054551" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc05b6fc906fa4ea8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9158a5ff97574c4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5ac850294834e54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09590ea359b34373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9158a5ff97574c4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e894cb4777f4509" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5ac850294834e54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>3,675</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,625</x:t>
-[...119 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,909</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>3,861</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>