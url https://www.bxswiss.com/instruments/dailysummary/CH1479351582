--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60d0e6320e81414f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21d98a80b3d64c5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50afca2b44e84266"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30767eb4d58545bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23091d294b134dc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50afca2b44e84266" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2b883f80185466c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30767eb4d58545bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351582</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>2,865</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,805</x:t>
-[...16 lines deleted...]
-          <x:t>2,765</x:t>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,985</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>3,035</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,995</x:t>
-[...11 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,175</x:t>
-[...495 lines deleted...]
-          <x:t>3,745</x:t>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>