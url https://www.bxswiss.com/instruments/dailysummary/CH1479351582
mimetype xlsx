--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21d98a80b3d64c5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfce33a07e40344ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30767eb4d58545bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3965fd52d0b941fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2b883f80185466c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30767eb4d58545bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ca16968cece40fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3965fd52d0b941fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351582</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,665</x:t>
-[...360 lines deleted...]
-          <x:t>2,920</x:t>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>