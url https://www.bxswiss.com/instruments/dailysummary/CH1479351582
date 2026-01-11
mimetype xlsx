--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfce33a07e40344ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a1025d5eb89484e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3965fd52d0b941fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60ed30b414f143a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ca16968cece40fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3965fd52d0b941fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re55368087ea14c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60ed30b414f143a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351582</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,516</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>