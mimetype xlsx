--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a1025d5eb89484e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3185eba054624067" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60ed30b414f143a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref38030413514d78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re55368087ea14c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60ed30b414f143a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca574303808046ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref38030413514d78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351582</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,853</x:t>
-[...210 lines deleted...]
-          <x:t>3,553</x:t>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,981</x:t>
-        </x:is>
-[...116 lines deleted...]
-          <x:t>4,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>