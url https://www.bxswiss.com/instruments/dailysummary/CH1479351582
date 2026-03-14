--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3185eba054624067" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4086cf6c33b45a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref38030413514d78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb312c41f5934f56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca574303808046ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref38030413514d78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79cb6924d9a14542" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb312c41f5934f56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351582</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>4,147</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,951</x:t>
-[...539 lines deleted...]
-          <x:t>3,981</x:t>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>