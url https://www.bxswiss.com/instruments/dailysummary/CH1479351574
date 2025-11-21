--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc78ebac008a74a5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9e95bf79b604f94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R645ab528fad54d5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24d328259d0648e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7fe1a90c1ff4d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R645ab528fad54d5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9126e04662ad4161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24d328259d0648e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351574</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>2,805</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,885</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>2,925</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,875</x:t>
-[...26 lines deleted...]
-          <x:t>3,055</x:t>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,145</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>2,865</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,845</x:t>
-[...58 lines deleted...]
-          <x:t>3,255</x:t>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>