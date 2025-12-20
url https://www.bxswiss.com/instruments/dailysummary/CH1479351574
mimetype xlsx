--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9e95bf79b604f94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87256dd1c3274ce3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24d328259d0648e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe9c53ce320a4448"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9126e04662ad4161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24d328259d0648e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ebe01c3ad284410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe9c53ce320a4448" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351574</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...171 lines deleted...]
-          <x:t>3,795</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,705</x:t>
-[...60 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,715</x:t>
-        </x:is>
-[...391 lines deleted...]
-          <x:t>3,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>