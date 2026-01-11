--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87256dd1c3274ce3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2726861cee72431a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe9c53ce320a4448"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8a1f1d0cbae4e54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ebe01c3ad284410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe9c53ce320a4448" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cd83e96ba7f4be9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8a1f1d0cbae4e54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351574</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,500 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>3,368</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,448</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,626</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,622</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>