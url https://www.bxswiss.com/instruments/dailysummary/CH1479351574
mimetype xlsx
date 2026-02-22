--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2726861cee72431a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92312085581b4204" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8a1f1d0cbae4e54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re542c0ae319c47b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cd83e96ba7f4be9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8a1f1d0cbae4e54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccc2a78deef14238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re542c0ae319c47b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351574</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>3,622</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,011</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>16.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,967</x:t>
-[...333 lines deleted...]
-          <x:t>4,395</x:t>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>