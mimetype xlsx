--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92312085581b4204" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62e90378a2b849b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re542c0ae319c47b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d84539516ba4c43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccc2a78deef14238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re542c0ae319c47b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R415c4287009e4f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d84539516ba4c43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351574</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>3,853</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>3,695</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.01.2026</x:t>
-[...424 lines deleted...]
-          <x:t>4,101</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>