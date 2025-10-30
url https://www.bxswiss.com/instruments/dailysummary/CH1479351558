--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1875732e5d1e4485" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ed136c7c13c46db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9c4112cc9bd456b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c9042aac239436b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R766b22faad384444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9c4112cc9bd456b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R769140ef191042b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c9042aac239436b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351558</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>2,615</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,515</x:t>
-[...215 lines deleted...]
-          <x:t>2,895</x:t>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,985</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,125</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>3,035</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,975</x:t>
-[...26 lines deleted...]
-          <x:t>3,155</x:t>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,255</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>2,965</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,945</x:t>
-[...58 lines deleted...]
-          <x:t>3,365</x:t>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>