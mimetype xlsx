--- v1 (2025-10-30)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ed136c7c13c46db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbb0167f054743ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c9042aac239436b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red300516048549b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R769140ef191042b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c9042aac239436b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2377dc88bd749ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red300516048549b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351558</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>3,165</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,125</x:t>
-[...156 lines deleted...]
-          <x:t>3,655</x:t>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>4,065</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,975</x:t>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>