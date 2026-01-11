--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbb0167f054743ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3e9c85260e7405b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red300516048549b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4048b5f8470f402e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2377dc88bd749ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red300516048549b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5013c5e269c44b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4048b5f8470f402e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351558</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>3,536</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,560</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,740</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...224 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,129</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>