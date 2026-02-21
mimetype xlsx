--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3e9c85260e7405b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9889f6df04974ae4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4048b5f8470f402e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72c545c9b28a44d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5013c5e269c44b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4048b5f8470f402e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75861cf7136a4861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72c545c9b28a44d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351558</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,149</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,223</x:t>
-        </x:is>
-[...359 lines deleted...]
-          <x:t>4,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>