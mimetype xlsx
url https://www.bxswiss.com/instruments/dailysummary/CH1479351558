--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9889f6df04974ae4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54638c52aa36425f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72c545c9b28a44d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8570904717e4d9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75861cf7136a4861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72c545c9b28a44d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9357bee5c7654c83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8570904717e4d9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351558</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>4,253</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,441</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>4,391</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,195</x:t>
-[...102 lines deleted...]
-          <x:t>3,809</x:t>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,943</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.01.2026</x:t>
-[...424 lines deleted...]
-          <x:t>4,223</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>