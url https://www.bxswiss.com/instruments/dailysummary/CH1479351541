--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R072530f3149445f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c2458efaeef4139" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6ee035aad7a46c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23df62905f7f4fe1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80095a9f65254830" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6ee035aad7a46c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64818b6c67714610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23df62905f7f4fe1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351541</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>2,995</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,085</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>19.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,225</x:t>
-[...279 lines deleted...]
-          <x:t>3,465</x:t>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>