--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c2458efaeef4139" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62aadc8bc8f44a1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23df62905f7f4fe1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a863e63892c41b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64818b6c67714610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23df62905f7f4fe1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e15c9cdcac344fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a863e63892c41b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351541</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>3,275</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,235</x:t>
-[...119 lines deleted...]
-          <x:t>3,735</x:t>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,675</x:t>
-[...490 lines deleted...]
-          <x:t>3,234</x:t>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>