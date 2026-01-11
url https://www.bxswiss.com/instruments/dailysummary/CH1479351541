--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62aadc8bc8f44a1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R398e72ae71174ffd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a863e63892c41b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd04249a7b9d4fbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e15c9cdcac344fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a863e63892c41b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9832da3882949e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd04249a7b9d4fbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351541</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,860</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>