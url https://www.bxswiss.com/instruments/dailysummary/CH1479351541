--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R398e72ae71174ffd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f9e94ce30764737" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd04249a7b9d4fbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7ddbb01f12d4960"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9832da3882949e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd04249a7b9d4fbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2e6619cee514d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7ddbb01f12d4960" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351541</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,269</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>22.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,995</x:t>
-[...183 lines deleted...]
-          <x:t>4,273</x:t>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,215</x:t>
-[...31 lines deleted...]
-          <x:t>4,649</x:t>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>