--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f9e94ce30764737" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5c2c19583e74525" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7ddbb01f12d4960"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d4f215179254a9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2e6619cee514d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7ddbb01f12d4960" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b429715c2a24033" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d4f215179254a9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351541</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>4,159</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,999</x:t>
-[...75 lines deleted...]
-          <x:t>4,517</x:t>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,319</x:t>
-[...539 lines deleted...]
-          <x:t>4,345</x:t>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>