--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fcf50b1a4654845" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2faa58169f454cec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b22457ea543404d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ecdea53fa4f45b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R512eb934d68b4da2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b22457ea543404d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R424bca7c89954d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ecdea53fa4f45b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>3,155</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,065</x:t>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,075</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>17.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,155</x:t>
-[...31 lines deleted...]
-          <x:t>3,105</x:t>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,195</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>3,235</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,185</x:t>
-[...26 lines deleted...]
-          <x:t>3,365</x:t>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,465</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...256 lines deleted...]
-          <x:t>3,595</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,415</x:t>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>