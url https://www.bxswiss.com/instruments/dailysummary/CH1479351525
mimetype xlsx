--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2faa58169f454cec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R219c9f500d1a4592" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ecdea53fa4f45b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfff561c90a364d6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R424bca7c89954d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ecdea53fa4f45b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc300d77c0e5a46e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfff561c90a364d6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...635 lines deleted...]
-          <x:t>3,905</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>