--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R219c9f500d1a4592" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R863a697985e34d25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfff561c90a364d6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1576cd5b82d47f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc300d77c0e5a46e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfff561c90a364d6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c1bec8d46014bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1576cd5b82d47f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>4,184</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,090</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>4,369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,307</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>