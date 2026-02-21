--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R863a697985e34d25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c9b0d4a2be14c88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1576cd5b82d47f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re55291caed0b44a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c1bec8d46014bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1576cd5b82d47f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R760235938540417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re55291caed0b44a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>4,307</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,353</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>4,391</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,469</x:t>
-        </x:is>
-[...359 lines deleted...]
-          <x:t>4,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>