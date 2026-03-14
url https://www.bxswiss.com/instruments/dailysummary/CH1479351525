--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c9b0d4a2be14c88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R204051a7c318478a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re55291caed0b44a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a10ebf1f32b4ac4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R760235938540417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re55291caed0b44a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1c3a3e697884992" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a10ebf1f32b4ac4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>4,537</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,153</x:t>
-[...16 lines deleted...]
-          <x:t>4,263</x:t>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,345</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>3,993</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...370 lines deleted...]
-          <x:t>4,469</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>