--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6396524cf544614" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d2e80b616774271" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34a7a3531a9746b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra90b0ccd73ea4180"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf530c424a9854831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34a7a3531a9746b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8740e3b718c24398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra90b0ccd73ea4180" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>2,835</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,995</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>3,175</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,225</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>3,205</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>3,345</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,285</x:t>
-[...26 lines deleted...]
-          <x:t>3,475</x:t>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,575</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>3,685</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>