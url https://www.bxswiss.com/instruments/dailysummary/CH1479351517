--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d2e80b616774271" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4720d9d44d149fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra90b0ccd73ea4180"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90c15469d0e24dc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8740e3b718c24398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra90b0ccd73ea4180" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc864e1f548e4010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90c15469d0e24dc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,315</x:t>
-[...355 lines deleted...]
-          <x:t>4,015</x:t>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>