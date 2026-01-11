--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4720d9d44d149fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf01fa1a208e84f52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90c15469d0e24dc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6730368bf92c4250"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc864e1f548e4010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90c15469d0e24dc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20bf053e805e4d4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6730368bf92c4250" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,094</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>