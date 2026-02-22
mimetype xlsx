--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf01fa1a208e84f52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75862d71c414477e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6730368bf92c4250"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08c7b48aa5f74771"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20bf053e805e4d4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6730368bf92c4250" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8f2c3fee22f4430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08c7b48aa5f74771" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>4,591</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,433</x:t>
-[...340 lines deleted...]
-          <x:t>4,929</x:t>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,733</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>4,901</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>