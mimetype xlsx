--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75862d71c414477e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bd1e6fce4ac4ecb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08c7b48aa5f74771"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87680f1b02e548b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8f2c3fee22f4430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08c7b48aa5f74771" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac3e2248c6fc4286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87680f1b02e548b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>4,625</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,819</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>4,163</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,301</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>4,113</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...370 lines deleted...]
-          <x:t>4,593</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>