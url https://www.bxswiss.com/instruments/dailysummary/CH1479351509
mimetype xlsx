--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d8356ee7cf34283" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fdd3b6ed05c4c1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4f92f0a5b774920"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4560d2709f9a4447"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28915eaf5c714307" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4f92f0a5b774920" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf69abce9d0204068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4560d2709f9a4447" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>2,915</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,035</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,325</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>3,305</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,405</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>3,455</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,385</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>3,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,535</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>3,525</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>08.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,755</x:t>
-[...9 lines deleted...]
-          <x:t>3,745</x:t>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>