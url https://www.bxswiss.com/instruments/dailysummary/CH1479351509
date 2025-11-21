--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fdd3b6ed05c4c1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd4c29800ecb4a8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4560d2709f9a4447"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57c71847577d4e12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf69abce9d0204068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4560d2709f9a4447" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8785798e85b4095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57c71847577d4e12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,555</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,425</x:t>
-[...80 lines deleted...]
-          <x:t>3,505</x:t>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,525</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>3,915</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,795</x:t>
-[...512 lines deleted...]
-          <x:t>4,435</x:t>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>