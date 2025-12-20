--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd4c29800ecb4a8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R904081d8ea554206" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57c71847577d4e12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cf7b64a9df340c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8785798e85b4095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57c71847577d4e12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f993f5f76a04128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cf7b64a9df340c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>3,405</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,555</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>4,075</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,025</x:t>
-[...490 lines deleted...]
-          <x:t>3,558</x:t>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>