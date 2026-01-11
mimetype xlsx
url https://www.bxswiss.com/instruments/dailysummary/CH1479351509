--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R904081d8ea554206" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5235f87c16c04574" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cf7b64a9df340c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c59b45805c647a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f993f5f76a04128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cf7b64a9df340c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0195ff9e8a64bce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c59b45805c647a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,212</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>