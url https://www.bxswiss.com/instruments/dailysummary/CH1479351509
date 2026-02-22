--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5235f87c16c04574" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3934fee96c534241" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c59b45805c647a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b85a6a41c354fe6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0195ff9e8a64bce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c59b45805c647a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15084965747b4fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b85a6a41c354fe6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>4,551</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,597</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>16.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,571</x:t>
-[...21 lines deleted...]
-          <x:t>4,305</x:t>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,213</x:t>
-[...215 lines deleted...]
-          <x:t>4,573</x:t>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>5,127</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,861</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>5,029</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>