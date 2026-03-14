--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3934fee96c534241" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46215aa279594cf6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b85a6a41c354fe6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R116d5017a18d4cdc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15084965747b4fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b85a6a41c354fe6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ed89db754844e6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R116d5017a18d4cdc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>4,783</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,395</x:t>
-[...16 lines deleted...]
-          <x:t>4,505</x:t>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,591</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>4,539</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,281</x:t>
-[...404 lines deleted...]
-          <x:t>4,719</x:t>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,298</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>