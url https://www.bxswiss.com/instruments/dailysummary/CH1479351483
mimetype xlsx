--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d64f6c749f34eb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab504dcd8eda4d3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b23796035374ea3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05221f86effd4978"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf8179527bf045ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b23796035374ea3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67298b3c05794233" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05221f86effd4978" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>3,015</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,135</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,435</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>3,415</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>3,565</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,495</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>3,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,645</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>3,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,735</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>3,815</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>