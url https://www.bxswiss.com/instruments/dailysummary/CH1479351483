--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab504dcd8eda4d3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd3164923e60408c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05221f86effd4978"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49678ed8e93146f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67298b3c05794233" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05221f86effd4978" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R559a0a9b82394b72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49678ed8e93146f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,665</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,535</x:t>
-[...80 lines deleted...]
-          <x:t>3,615</x:t>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,735</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>3,915</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,695</x:t>
-[...264 lines deleted...]
-          <x:t>3,705</x:t>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,665</x:t>
-[...215 lines deleted...]
-          <x:t>4,555</x:t>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,668</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>