--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd3164923e60408c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b1b04e364f84af0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49678ed8e93146f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf4c232c4b3b4e0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R559a0a9b82394b72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49678ed8e93146f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1eb96c730294aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf4c232c4b3b4e0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>3,705</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,665</x:t>
-[...582 lines deleted...]
-        <x:is>
           <x:t>3,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,442</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>