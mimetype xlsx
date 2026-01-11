--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b1b04e364f84af0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86da526a3d0c46eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf4c232c4b3b4e0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83dcfcbc3a004d55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1eb96c730294aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf4c232c4b3b4e0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1883bf9acf074b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83dcfcbc3a004d55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>