--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86da526a3d0c46eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2e99e60d50c4777" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83dcfcbc3a004d55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R449ac192ecdd4190"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1883bf9acf074b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83dcfcbc3a004d55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54ccf272739f4eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R449ac192ecdd4190" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>4,839</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,683</x:t>
-[...254 lines deleted...]
-          <x:t>4,781</x:t>
+          <x:t>5,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,983</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>5,159</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>