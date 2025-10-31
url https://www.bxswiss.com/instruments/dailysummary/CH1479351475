--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7504d9acfce5401f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1586b1b6dc4b4c97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9049890a3ce941aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R535237b233ba4687"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3fb529b5760410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9049890a3ce941aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f5f28415e584540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R535237b233ba4687" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,265</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>3,545</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>3,525</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,615</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>3,675</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,605</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>3,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,725</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>3,745</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>3,925</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>