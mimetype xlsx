--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1586b1b6dc4b4c97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f459a7cd8be4ff7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R535237b233ba4687"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25929bd71ec64f0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f5f28415e584540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R535237b233ba4687" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c0ab21747364a13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25929bd71ec64f0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>3,815</x:t>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,775</x:t>
-[...205 lines deleted...]
-          <x:t>4,775</x:t>
+          <x:t>3,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,675</x:t>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>