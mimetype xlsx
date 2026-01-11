--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f459a7cd8be4ff7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c0c2a3a12bd45d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25929bd71ec64f0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re86f86dab06046fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c0ab21747364a13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25929bd71ec64f0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36f488f4d5d44b65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re86f86dab06046fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>4,328</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,176</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>4,859</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,797</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>