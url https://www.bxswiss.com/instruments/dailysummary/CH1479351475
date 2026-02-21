--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c0c2a3a12bd45d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f4ec66b106548b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re86f86dab06046fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98f1acc1f09448a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36f488f4d5d44b65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re86f86dab06046fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ba83380c83d4d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98f1acc1f09448a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>4,459</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,487</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>4,905</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,109</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>4,827</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,109</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...73 lines deleted...]
-          <x:t>5,291</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>