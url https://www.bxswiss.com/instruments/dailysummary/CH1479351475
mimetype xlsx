--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f4ec66b106548b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabb7f3122da046f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98f1acc1f09448a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fb3381d399741b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ba83380c83d4d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98f1acc1f09448a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92b1fc6c6e454372" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fb3381d399741b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>4,505</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,897</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>22.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,011</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>27.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,045</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>4,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,697</x:t>
-[...48 lines deleted...]
-          <x:t>4,785</x:t>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,525</x:t>
-[...404 lines deleted...]
-          <x:t>4,971</x:t>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>