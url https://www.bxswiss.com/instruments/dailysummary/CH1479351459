--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d00da43c1eb454e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26089e6081934f7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree51909259b7471c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8b04bfd16f3425d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba7bed0942c3402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree51909259b7471c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a01124eeeaa47d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8b04bfd16f3425d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,375</x:t>
-[...232 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,875</x:t>
-[...43 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,135</x:t>
-[...26 lines deleted...]
-          <x:t>3,995</x:t>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,875</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>3,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>4,035</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>