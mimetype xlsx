--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26089e6081934f7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13908949dc8c4213" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8b04bfd16f3425d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf137521a45d647f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a01124eeeaa47d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8b04bfd16f3425d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bccea0d683b4e76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf137521a45d647f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>4,255</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,135</x:t>
-[...512 lines deleted...]
-          <x:t>4,795</x:t>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>