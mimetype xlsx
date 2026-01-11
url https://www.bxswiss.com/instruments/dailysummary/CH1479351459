--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13908949dc8c4213" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32e2bba5afb0493e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf137521a45d647f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e391238626044e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bccea0d683b4e76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf137521a45d647f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra89bac45a88e4465" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e391238626044e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>4,798</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,702</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>4,983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,921</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>