--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32e2bba5afb0493e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53b1679bed894c06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e391238626044e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4e1ca4f63bb42b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra89bac45a88e4465" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e391238626044e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R901313af5d1f4cfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4e1ca4f63bb42b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>4,570</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,983</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>5,421</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>