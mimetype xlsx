--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53b1679bed894c06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75811dde287545c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4e1ca4f63bb42b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82a5f8ab48464ba7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R901313af5d1f4cfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4e1ca4f63bb42b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb32bea437324386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82a5f8ab48464ba7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,141</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>4,963</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,823</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>4,601</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,153</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...80 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,441</x:t>
-[...279 lines deleted...]
-          <x:t>5,099</x:t>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>