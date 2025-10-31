--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6f6bb46953140b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R607c43c83d1d47b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe363adedb034e78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0432363665dc4cee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra161472ecef04d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe363adedb034e78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7061d1892f1f4839" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0432363665dc4cee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351442</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,485</x:t>
-[...220 lines deleted...]
-          <x:t>3,735</x:t>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,835</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>3,895</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,835</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>4,125</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,995</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>4,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>4,155</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>