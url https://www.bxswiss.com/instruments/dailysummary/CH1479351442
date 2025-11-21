--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R607c43c83d1d47b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76129acda58f466a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0432363665dc4cee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R051e8562d2814ec8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7061d1892f1f4839" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0432363665dc4cee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc1d341b8e934e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R051e8562d2814ec8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351442</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,005</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,865</x:t>
-[...70 lines deleted...]
-          <x:t>4,015</x:t>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,945</x:t>
-[...21 lines deleted...]
-          <x:t>4,375</x:t>
+          <x:t>3,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>4,255</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,035</x:t>
-[...92 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,155</x:t>
-[...151 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,905</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>4,045</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,005</x:t>
-[...215 lines deleted...]
-          <x:t>4,915</x:t>
+          <x:t>3,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>