--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76129acda58f466a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R073ae94a74b940db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R051e8562d2814ec8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf878ccd8c8ce4059"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc1d341b8e934e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R051e8562d2814ec8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b44e8bbec0b499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf878ccd8c8ce4059" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351442</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,905</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>4,045</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,005</x:t>
-[...582 lines deleted...]
-        <x:is>
           <x:t>3,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,772</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>