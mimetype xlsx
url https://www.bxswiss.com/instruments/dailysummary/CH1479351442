--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R073ae94a74b940db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c73fb12de534ff0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf878ccd8c8ce4059"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8acbaba3b09c4ebc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b44e8bbec0b499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf878ccd8c8ce4059" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff16f99ffe744c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8acbaba3b09c4ebc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351442</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>4,888</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,784</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>4,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,702</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,165</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>