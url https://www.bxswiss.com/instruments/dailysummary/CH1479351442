--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c73fb12de534ff0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6485bcc68eb341ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8acbaba3b09c4ebc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9411c7c6ba7f4456"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff16f99ffe744c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8acbaba3b09c4ebc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bddb71359b9455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9411c7c6ba7f4456" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351442</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>5,323</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,361</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...374 lines deleted...]
-          <x:t>5,583</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,553</x:t>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>