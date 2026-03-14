--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6485bcc68eb341ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R317a4572743c4ce9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9411c7c6ba7f4456"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R701d08af35964a0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bddb71359b9455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9411c7c6ba7f4456" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f2284ff1ab24761" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R701d08af35964a0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351442</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,547</x:t>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,269</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,467</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>4,999</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,947</x:t>
-[...463 lines deleted...]
-          <x:t>5,227</x:t>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,752</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>