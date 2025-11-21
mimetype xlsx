--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb82b1fce96b4306" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R533ca138ed5746b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1968e57bf9b4f95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83dc36a5589a4dbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc72372b00d2e4221" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1968e57bf9b4f95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc76dcd050c8c4bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83dc36a5589a4dbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351434</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>4,115</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,975</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>4,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,055</x:t>
-[...11 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,485</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>4,245</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>4,165</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,125</x:t>
-[...215 lines deleted...]
-          <x:t>5,045</x:t>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>