--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R533ca138ed5746b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fb13f674f854380" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83dc36a5589a4dbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46abef909f964d19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc76dcd050c8c4bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83dc36a5589a4dbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63f4d0ccac0a4861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46abef909f964d19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351434</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>4,165</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,125</x:t>
-[...582 lines deleted...]
-        <x:is>
           <x:t>4,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>