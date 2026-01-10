--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fb13f674f854380" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa1ae13eed684fd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46abef909f964d19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ca0d393d0c84a72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63f4d0ccac0a4861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46abef909f964d19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24626cc2545244c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ca0d393d0c84a72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351434</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>5,014</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,910</x:t>
-[...43 lines deleted...]
-          <x:t>4,984</x:t>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,902</x:t>
-[...65 lines deleted...]
-          <x:t>4,862</x:t>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,820</x:t>
-[...166 lines deleted...]
-          <x:t>4,941</x:t>
+          <x:t>5,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>