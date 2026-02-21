--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa1ae13eed684fd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62cfbecec4034d41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ca0d393d0c84a72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bd21cfcb2854ada"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24626cc2545244c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ca0d393d0c84a72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf1b61dfab784a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bd21cfcb2854ada" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351434</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>4,820</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,239</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>5,685</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>