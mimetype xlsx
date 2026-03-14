--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62cfbecec4034d41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ebd22945f524368" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bd21cfcb2854ada"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8946e3dc07b64968"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf1b61dfab784a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bd21cfcb2854ada" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9eab933b4fc4688" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8946e3dc07b64968" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351434</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>5,405</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,597</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>4,849</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,411</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...370 lines deleted...]
-          <x:t>5,359</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>