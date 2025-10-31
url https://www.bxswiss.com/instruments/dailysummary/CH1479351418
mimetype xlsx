--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R088a192bf3ac424d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdfd98ddba9d49e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb7cf21531444751"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffff5d80c13f4a79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R993b472589f2402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb7cf21531444751" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6410175e7bde452a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffff5d80c13f4a79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>3,715</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,665</x:t>
-[...188 lines deleted...]
-          <x:t>3,965</x:t>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,065</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,475</x:t>
-[...4 lines deleted...]
-          <x:t>4,255</x:t>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,355</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,215</x:t>
-[...178 lines deleted...]
-          <x:t>4,605</x:t>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,485</x:t>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>