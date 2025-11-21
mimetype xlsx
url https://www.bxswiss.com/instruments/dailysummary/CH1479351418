--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdfd98ddba9d49e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5db37ab867494105" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffff5d80c13f4a79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a330b486bfc4b20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6410175e7bde452a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffff5d80c13f4a79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R384902f12a704a48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a330b486bfc4b20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>4,235</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,095</x:t>
-[...70 lines deleted...]
-          <x:t>4,245</x:t>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,175</x:t>
-[...11 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,605</x:t>
-[...21 lines deleted...]
-          <x:t>4,495</x:t>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,265</x:t>
-[...399 lines deleted...]
-          <x:t>4,845</x:t>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,785</x:t>
-[...11 lines deleted...]
-          <x:t>4,835</x:t>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,095</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>5,165</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>