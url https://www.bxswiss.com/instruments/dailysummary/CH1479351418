--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5db37ab867494105" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc12acb0063044ec0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a330b486bfc4b20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b0322bd158e4f10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R384902f12a704a48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a330b486bfc4b20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5aeb467364a4c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b0322bd158e4f10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...257 lines deleted...]
-          <x:t>4,925</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,985</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.11.2025</x:t>
-[...370 lines deleted...]
-          <x:t>4,242</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>