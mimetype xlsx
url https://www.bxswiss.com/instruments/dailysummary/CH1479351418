--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc12acb0063044ec0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc4f47aad7024a9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b0322bd158e4f10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R914dd2aa62a7491c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5aeb467364a4c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b0322bd158e4f10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd369779e4bb74ad0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R914dd2aa62a7491c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,954</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,819</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>