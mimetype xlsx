--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc4f47aad7024a9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R114026670d494079" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R914dd2aa62a7491c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9e3b00cc5154459"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd369779e4bb74ad0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R914dd2aa62a7491c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad26838264704ce7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9e3b00cc5154459" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>5,581</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,621</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>5,819</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>