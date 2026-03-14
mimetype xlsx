--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R114026670d494079" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R710828d1827e424c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9e3b00cc5154459"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6d5a931117e4f3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad26838264704ce7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9e3b00cc5154459" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eeb7bda58a547f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6d5a931117e4f3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>5,359</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,527</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>4,977</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,973</x:t>
-[...227 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,643</x:t>
-[...48 lines deleted...]
-          <x:t>5,529</x:t>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,403</x:t>
-[...85 lines deleted...]
-          <x:t>5,485</x:t>
+          <x:t>5,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>