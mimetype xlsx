--- v0 (2025-10-30)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fc5d57ffac44005" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04dcfa8ead0d47e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5958009fb2a44588"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf03f7468e40480c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf936b54223e04cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5958009fb2a44588" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca9cf2b44394475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf03f7468e40480c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>4,395</x:t>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,355</x:t>
-[...146 lines deleted...]
-          <x:t>4,955</x:t>
+          <x:t>4,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,945</x:t>
-[...58 lines deleted...]
-          <x:t>5,285</x:t>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>