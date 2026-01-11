--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04dcfa8ead0d47e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8ce50d6b70b4316" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf03f7468e40480c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf2de5d73b5e43b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca9cf2b44394475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf03f7468e40480c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb773061869d14f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf2de5d73b5e43b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>4,946</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,794</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>5,493</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,427</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>