--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8ce50d6b70b4316" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R913e36d4d1924e8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf2de5d73b5e43b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57d31688106f43d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb773061869d14f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf2de5d73b5e43b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R816b079c749c40cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57d31688106f43d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>5,114</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,547</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>5,711</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,751</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>5,769</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,839</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>5,953</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>