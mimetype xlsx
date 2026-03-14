--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R913e36d4d1924e8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f911c2731f449e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57d31688106f43d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36457a81d45f4094"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R816b079c749c40cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57d31688106f43d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0d50d06f2d741b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36457a81d45f4094" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>5,489</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,407</x:t>
-[...134 lines deleted...]
-          <x:t>5,101</x:t>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,673</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...370 lines deleted...]
-          <x:t>5,617</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>