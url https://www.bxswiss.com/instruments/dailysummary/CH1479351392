--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb919a3a265104b80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R990b0e76449a499f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e33ba95b78f4ece"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R362f9685a3dd4918"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19ef8cbb1fd84850" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e33ba95b78f4ece" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6ee0a8614374181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R362f9685a3dd4918" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351392</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>3,775</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...246 lines deleted...]
-          <x:t>19.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,465</x:t>
-[...43 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,715</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>4,595</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>4,845</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,725</x:t>
-[...26 lines deleted...]
-          <x:t>4,625</x:t>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>