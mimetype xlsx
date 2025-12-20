--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R990b0e76449a499f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R477c867ff5744fff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R362f9685a3dd4918"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra823306541f8430a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6ee0a8614374181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R362f9685a3dd4918" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda5f1a51045c43f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra823306541f8430a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351392</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>4,845</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,725</x:t>
-[...276 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>4,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...185 lines deleted...]
-          <x:t>5,215</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,135</x:t>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>5,415</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>