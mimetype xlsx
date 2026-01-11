--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R477c867ff5744fff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f7e80994ac4a8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra823306541f8430a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70dce80479024247"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda5f1a51045c43f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra823306541f8430a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cd3abdd9f334df8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70dce80479024247" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351392</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>5,072</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,910</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>5,621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,555</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>