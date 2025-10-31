--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29383bc7d8d243bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba79076d00514a92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc0b474f52114b9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd91daca38bb44c34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc51c58dab64c40d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc0b474f52114b9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7dfc4408f494d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd91daca38bb44c34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>3,955</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,765</x:t>
-[...60 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,855</x:t>
-[...112 lines deleted...]
-          <x:t>3,595</x:t>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>3,315</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,325</x:t>
-        </x:is>
-[...52 lines deleted...]
-          <x:t>3,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>