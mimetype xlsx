--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba79076d00514a92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92a837fac45349b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd91daca38bb44c34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R960bd2aa4e96442a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7dfc4408f494d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd91daca38bb44c34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98c78946d6034fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R960bd2aa4e96442a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>3,005</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,985</x:t>
-[...404 lines deleted...]
-          <x:t>3,325</x:t>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>