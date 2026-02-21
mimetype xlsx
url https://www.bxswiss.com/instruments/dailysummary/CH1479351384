--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92a837fac45349b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68fb1e30d3dd4185" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R960bd2aa4e96442a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57a9b7d58f6c4379"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98c78946d6034fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R960bd2aa4e96442a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47d334ad84c34720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57a9b7d58f6c4379" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>2,776</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,752</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>2,440</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,443</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,301</x:t>
-[...9 lines deleted...]
-          <x:t>2,203</x:t>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>