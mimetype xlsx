--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68fb1e30d3dd4185" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d67ea4484cd4844" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57a9b7d58f6c4379"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fd3f90c402c4104"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47d334ad84c34720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57a9b7d58f6c4379" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R228ce6f1e40b4708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fd3f90c402c4104" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>2,445</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,325</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>2,430</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,381</x:t>
-[...463 lines deleted...]
-          <x:t>2,123</x:t>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>