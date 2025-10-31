--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f4c2e7ff11a4d78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cd453a364f0460a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc7eeebdee7a4b5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R973d160aa5c346a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5acc09158b654cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc7eeebdee7a4b5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R533b75fae21b4a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R973d160aa5c346a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>3,685</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,385</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>12.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>3,135</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,145</x:t>
-        </x:is>
-[...79 lines deleted...]
-          <x:t>2,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>