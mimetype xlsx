--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cd453a364f0460a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ec9523bf7f94cbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R973d160aa5c346a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba2ef65e54914b19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R533b75fae21b4a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R973d160aa5c346a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c49fd36f1a8426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba2ef65e54914b19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,065</x:t>
-[...178 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,365</x:t>
-[...279 lines deleted...]
-          <x:t>3,145</x:t>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>