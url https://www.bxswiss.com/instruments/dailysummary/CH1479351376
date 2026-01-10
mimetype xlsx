--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ec9523bf7f94cbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0706c2cbeb3945c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba2ef65e54914b19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2abc3d4470c04552"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c49fd36f1a8426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba2ef65e54914b19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree3a01b5d005462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2abc3d4470c04552" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>