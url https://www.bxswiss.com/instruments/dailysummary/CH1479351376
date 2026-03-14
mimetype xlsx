--- v3 (2026-01-10)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0706c2cbeb3945c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c1ac3bc83144a35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2abc3d4470c04552"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c9cd78b04a24e84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree3a01b5d005462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2abc3d4470c04552" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R485b1e165a824f0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c9cd78b04a24e84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>2,066</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>