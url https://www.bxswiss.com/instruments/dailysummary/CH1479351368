--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0d4416349044996" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfec912a03d8a4e8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redfab7bebc5d4001"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R329d97031ec44606"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R309eb4fd77ce4851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redfab7bebc5d4001" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cac9a6a89694589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R329d97031ec44606" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351368</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>09.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,455</x:t>
-[...70 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,335</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>3,395</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,205</x:t>
-[...16 lines deleted...]
-          <x:t>3,325</x:t>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,965</x:t>
-        </x:is>
-[...84 lines deleted...]
-          <x:t>2,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>