--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfec912a03d8a4e8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81acddc6735f486b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R329d97031ec44606"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d0a8db0824448a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cac9a6a89694589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R329d97031ec44606" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf75aa6f05c624c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d0a8db0824448a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351368</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>3,205</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,285</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>3,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,855</x:t>
-[...129 lines deleted...]
-          <x:t>2,685</x:t>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,065</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>2,965</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>