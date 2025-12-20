--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81acddc6735f486b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05ff332d16884270" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d0a8db0824448a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7f0337a18a34e16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf75aa6f05c624c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d0a8db0824448a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9da607e5392041f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7f0337a18a34e16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351368</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...144 lines deleted...]
-          <x:t>2,895</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,805</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>2,985</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...263 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,755</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>13.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>3,784</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>