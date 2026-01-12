--- v3 (2025-12-20)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05ff332d16884270" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R802858f69ad84aef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7f0337a18a34e16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4768bf6c450649ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9da607e5392041f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7f0337a18a34e16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8cfe958c5794f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4768bf6c450649ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351368</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>