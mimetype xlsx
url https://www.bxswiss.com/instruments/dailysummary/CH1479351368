--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R802858f69ad84aef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2d00864aac944c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4768bf6c450649ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8145db9a2264765"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8cfe958c5794f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4768bf6c450649ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26e0f7078ec941f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8145db9a2264765" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351368</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...311 lines deleted...]
-          <x:t>2,141</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,144</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>1,939</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>