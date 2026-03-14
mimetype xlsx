--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2d00864aac944c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb05527cec374e5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8145db9a2264765"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7d24dd3d5284a67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26e0f7078ec941f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8145db9a2264765" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2206127676a4940" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7d24dd3d5284a67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351368</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>2,115</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,175</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>27.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,144</x:t>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,041</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>04.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,345</x:t>
-[...333 lines deleted...]
-          <x:t>1,863</x:t>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>