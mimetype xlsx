--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8561fb2da23a449c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd34c8fd7a77d4e91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec5d6976bc8648d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7c79e9ddfbd4a8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85f2cbb9cc8a48ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec5d6976bc8648d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8506e773201e4789" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7c79e9ddfbd4a8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>3,275</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,105</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>3,295</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>12.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,155</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>3,215</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,025</x:t>
-[...33 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>2,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,705</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,585</x:t>
-[...31 lines deleted...]
-          <x:t>2,665</x:t>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>