--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd34c8fd7a77d4e91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e4c7563fd0b45e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7c79e9ddfbd4a8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9c5889fa4954c0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8506e773201e4789" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7c79e9ddfbd4a8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ca346f0d69f413a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9c5889fa4954c0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>3,025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,105</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>30.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,215</x:t>
-[...26 lines deleted...]
-          <x:t>3,145</x:t>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,805</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,755</x:t>
-[...26 lines deleted...]
-          <x:t>2,705</x:t>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,665</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>2,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,495</x:t>
+          <x:t>2,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,895</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...370 lines deleted...]
-          <x:t>2,795</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>