--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e4c7563fd0b45e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e204dc550dc4659" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9c5889fa4954c0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b3f9fce2b3a488b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ca346f0d69f413a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9c5889fa4954c0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29c4489c99f4499a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b3f9fce2b3a488b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...527 lines deleted...]
-          <x:t>2,915</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,036</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>3,578</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>