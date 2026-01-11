--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e204dc550dc4659" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b195a8ae294753" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b3f9fce2b3a488b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58b07191297a49b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29c4489c99f4499a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b3f9fce2b3a488b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57e4ed6bbad94063" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58b07191297a49b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,708</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>