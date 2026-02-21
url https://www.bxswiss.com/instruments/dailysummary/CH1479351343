--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b195a8ae294753" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra00e148df76e4459" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58b07191297a49b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8fc86d13a18466a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57e4ed6bbad94063" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58b07191297a49b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R684f56893d704abb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8fc86d13a18466a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,440</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>30.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>2,031</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,943</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>07.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,950</x:t>
-[...63 lines deleted...]
-          <x:t>1,820</x:t>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>