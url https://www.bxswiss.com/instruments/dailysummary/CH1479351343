--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra00e148df76e4459" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48dbe56bf40045f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8fc86d13a18466a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra48ccfa30db44861"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R684f56893d704abb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8fc86d13a18466a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re639316126b6439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra48ccfa30db44861" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,006</x:t>
-[...143 lines deleted...]
-        <x:is>
           <x:t>2,071</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>1,997</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,943</x:t>
-[...124 lines deleted...]
-          <x:t>1,877</x:t>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,703</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>1,745</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>