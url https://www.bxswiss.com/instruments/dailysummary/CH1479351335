--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5f680a4f8ae490c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82fa7946cac848a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb44b9176dbd241d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba5a5d8519dd4bc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91bb4df0916d49c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb44b9176dbd241d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda9004ca5c04a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba5a5d8519dd4bc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,865</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,855</x:t>
-[...11 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,035</x:t>
-[...26 lines deleted...]
-          <x:t>2,975</x:t>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,645</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>2,435</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,515</x:t>
-[...119 lines deleted...]
-          <x:t>2,405</x:t>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,365</x:t>
-[...382 lines deleted...]
-          <x:t>2,645</x:t>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>