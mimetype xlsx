--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82fa7946cac848a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ff9ac1e99964cfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba5a5d8519dd4bc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra558afea88c44923"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda9004ca5c04a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba5a5d8519dd4bc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9d522407d20419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra558afea88c44923" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...90 lines deleted...]
-          <x:t>2,765</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,615</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>3,382</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>