--- v2 (2025-12-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ff9ac1e99964cfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra06c258c9a234c2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra558afea88c44923"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd17790f85bb8469f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9d522407d20419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra558afea88c44923" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R383af4f535cc409b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd17790f85bb8469f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,518</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>