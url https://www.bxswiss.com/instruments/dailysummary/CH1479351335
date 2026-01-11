--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra06c258c9a234c2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2153101f2f2a435d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd17790f85bb8469f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R826f76cc6891419b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R383af4f535cc409b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd17790f85bb8469f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29753adec8a24c98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R826f76cc6891419b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>2,688</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,608</x:t>
-[...177 lines deleted...]
-        <x:is>
           <x:t>2,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,532</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,468</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>