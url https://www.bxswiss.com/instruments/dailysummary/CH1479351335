--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2153101f2f2a435d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R572f9c193c824d7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R826f76cc6891419b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16f38a56f3d9415a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29753adec8a24c98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R826f76cc6891419b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1510c45227c348b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16f38a56f3d9415a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>2,246</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,177</x:t>
-[...188 lines deleted...]
-          <x:t>1,711</x:t>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>