--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R572f9c193c824d7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd7ab3da8f604d7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16f38a56f3d9415a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9ccf555c1a046f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1510c45227c348b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16f38a56f3d9415a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R506cb6323b114331" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9ccf555c1a046f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>1,948</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,833</x:t>
-[...65 lines deleted...]
-          <x:t>1,949</x:t>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,931</x:t>
-[...436 lines deleted...]
-          <x:t>1,637</x:t>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>