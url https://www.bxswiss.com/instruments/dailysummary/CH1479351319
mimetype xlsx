--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68f2b84f723c45ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R462b0ba11a2e42fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1529612dbeba4054"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64051113cd9c4034"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac91b03fbec449fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1529612dbeba4054" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d2186f110ab4976" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64051113cd9c4034" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351319</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>2,785</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,775</x:t>
-[...75 lines deleted...]
-          <x:t>2,945</x:t>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,925</x:t>
-[...394 lines deleted...]
-          <x:t>2,815</x:t>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>2,375</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>