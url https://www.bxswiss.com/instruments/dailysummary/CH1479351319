--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R462b0ba11a2e42fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb72feeb3973044ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64051113cd9c4034"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16164f4404e746e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d2186f110ab4976" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64051113cd9c4034" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bf433f14bfa4db5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16164f4404e746e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351319</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,865</x:t>
-[...4 lines deleted...]
-          <x:t>2,695</x:t>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,775</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>2,295</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,375</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>2,465</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,325</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>2,235</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,185</x:t>
-[...11 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>2,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,235</x:t>
-[...70 lines deleted...]
-          <x:t>2,555</x:t>
+          <x:t>2,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,475</x:t>
-[...301 lines deleted...]
-          <x:t>2,495</x:t>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>