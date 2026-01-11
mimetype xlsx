--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb72feeb3973044ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc86978dd110c4dca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16164f4404e746e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re973255793264046"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bf433f14bfa4db5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16164f4404e746e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d86b63139ef4f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re973255793264046" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351319</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...144 lines deleted...]
-          <x:t>2,435</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,355</x:t>
-[...485 lines deleted...]
-          <x:t>3,196</x:t>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>