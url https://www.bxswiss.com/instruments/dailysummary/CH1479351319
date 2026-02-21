--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc86978dd110c4dca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81a07c5978694628" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re973255793264046"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bc5d11ae871433e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d86b63139ef4f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re973255793264046" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c2e9b5648c74bdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bc5d11ae871433e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351319</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,988</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>06.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,784</x:t>
-[...90 lines deleted...]
-          <x:t>1,607</x:t>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>