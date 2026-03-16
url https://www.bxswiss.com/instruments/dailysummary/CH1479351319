--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81a07c5978694628" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc163417474014703" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bc5d11ae871433e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea1e2709625f4425"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c2e9b5648c74bdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bc5d11ae871433e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f24012549be4bb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea1e2709625f4425" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351319</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>1,969</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,009</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>1,828</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,809</x:t>
-[...436 lines deleted...]
-          <x:t>1,537</x:t>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>