--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6141484c495648d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42df98b35a724e17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2b192652dd64dc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R525b78dbaedd4e3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R047e7d68734d48cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2b192652dd64dc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ee7d0a0d2394d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R525b78dbaedd4e3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,635</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,625</x:t>
-[...53 lines deleted...]
-          <x:t>2,585</x:t>
+          <x:t>2,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>2,705</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,545</x:t>
-[...16 lines deleted...]
-          <x:t>2,655</x:t>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>2,185</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,165</x:t>
-[...31 lines deleted...]
-          <x:t>2,255</x:t>
+          <x:t>2,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>