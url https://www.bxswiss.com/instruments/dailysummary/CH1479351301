--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42df98b35a724e17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb7b097c47a24d39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R525b78dbaedd4e3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0f32ee3049f4bbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ee7d0a0d2394d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R525b78dbaedd4e3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88198c792e084aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0f32ee3049f4bbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>2,545</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,615</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>02.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,325</x:t>
-[...26 lines deleted...]
-          <x:t>2,285</x:t>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,255</x:t>
-[...92 lines deleted...]
-          <x:t>2,115</x:t>
+          <x:t>2,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,065</x:t>
-[...16 lines deleted...]
-          <x:t>2,165</x:t>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,115</x:t>
-[...70 lines deleted...]
-          <x:t>2,415</x:t>
+          <x:t>2,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,335</x:t>
-[...301 lines deleted...]
-          <x:t>2,355</x:t>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>