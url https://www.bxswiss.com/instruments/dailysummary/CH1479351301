--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb7b097c47a24d39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80a9c448582c4f50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0f32ee3049f4bbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc295dec5f84e45fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88198c792e084aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0f32ee3049f4bbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5db435f8fa7c4c02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc295dec5f84e45fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...517 lines deleted...]
-          <x:t>2,475</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,820</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>17.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,542</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>3,018</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>