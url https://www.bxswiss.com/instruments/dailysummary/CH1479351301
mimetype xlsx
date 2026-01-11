--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80a9c448582c4f50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21fbe7a4bae3451c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc295dec5f84e45fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0794d0c1f264062"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5db435f8fa7c4c02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc295dec5f84e45fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13da792edbc14e62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0794d0c1f264062" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>2,234</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,121</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>