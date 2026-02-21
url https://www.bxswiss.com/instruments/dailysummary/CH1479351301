--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21fbe7a4bae3451c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3710740626e04501" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0794d0c1f264062"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6497df0aa6d4723"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13da792edbc14e62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0794d0c1f264062" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c226405d42f4952" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6497df0aa6d4723" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,673</x:t>
-[...26 lines deleted...]
-          <x:t>1,611</x:t>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,568</x:t>
-[...53 lines deleted...]
-          <x:t>1,509</x:t>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>