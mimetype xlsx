--- v5 (2026-02-21)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3710740626e04501" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2b7eb318c8e40d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6497df0aa6d4723"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R403a4eb4f2144691"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c226405d42f4952" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6497df0aa6d4723" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7390caca29344a3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R403a4eb4f2144691" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>1,734</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,660</x:t>
-[...60 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>1,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,587</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>1,715</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,047</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>1,443</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>